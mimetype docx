--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -252,51 +252,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Rak 10" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3213]" from="1.1pt,10.45pt" to="439.65pt,10.45pt" w14:anchorId="11260CA0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6a5JgsgEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bv1OmiVhA13cOulguC&#10;FbAf4HXGjSXbY9mmSf+esdsmK0BCIC4Tz3jem5nnye52cpYdISaDvuPrVcMZeIW98YeOP317ePOO&#10;s5Sl76VFDx0/QeK3+9evdmNo4QYHtD1ERiQ+tWPo+JBzaIVIagAn0woDeLrUGJ3M5MaD6KMcid1Z&#10;cdM0WzFi7ENEBSlR9P58yfeVX2tQ+bPWCTKzHafecrWx2udixX4n20OUYTDq0ob8hy6cNJ6KzlT3&#10;Mkv2PZpfqJxRERPqvFLoBGptFNQZaJp189M0XwcZoM5C4qQwy5T+H636dLzzj5FkGENqU3iMZYpJ&#10;R1e+1B+bqlinWSyYMlMU3Gy27zdvt5yp651YgCGm/AHQsXLouDW+zCFbefyYMhWj1GtKCVtfbEJr&#10;+gdjbXXKBsCdjewo6e3ytC5vRbgXWeQVpFhar6d8snBm/QKamZ6aXdfqdasWTqkU+HzltZ6yC0xT&#10;BzOw+TPwkl+gUDfub8AzolZGn2ewMx7j76ovUuhz/lWB89xFgmfsT/VRqzS0OlW5y5qX3XzpV/jy&#10;M+5/AAAA//8DAFBLAwQUAAYACAAAACEACW4MLtsAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;wU7DMBBE70j8g7VI3KhDQCUNcSqE4IK4JPQANzfexhHxOo2dJvw9izjAabQzo9lXbBfXixOOofOk&#10;4HqVgEBqvOmoVbB7e77KQISoyejeEyr4wgDb8vys0LnxM1V4qmMreIRCrhXYGIdcytBYdDqs/IDE&#10;2cGPTkc+x1aaUc887nqZJslaOt0Rf7B6wEeLzWc9OQUvx9ewu11XT9X7Mavnj8NkW49KXV4sD/cg&#10;Ii7xrww/+IwOJTPt/UQmiF5BmnKRJdmA4Di729yA2P8asizkf/7yGwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAHprkmCyAQAA1AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAAluDC7bAAAABwEAAA8AAAAAAAAAAAAAAAAADAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;"/>
+              <v:line id="Rak 10" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3213]" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6a5JgsgEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bv1OmiVhA13cOulguC&#10;FbAf4HXGjSXbY9mmSf+esdsmK0BCIC4Tz3jem5nnye52cpYdISaDvuPrVcMZeIW98YeOP317ePOO&#10;s5Sl76VFDx0/QeK3+9evdmNo4QYHtD1ERiQ+tWPo+JBzaIVIagAn0woDeLrUGJ3M5MaD6KMcid1Z&#10;cdM0WzFi7ENEBSlR9P58yfeVX2tQ+bPWCTKzHafecrWx2udixX4n20OUYTDq0ob8hy6cNJ6KzlT3&#10;Mkv2PZpfqJxRERPqvFLoBGptFNQZaJp189M0XwcZoM5C4qQwy5T+H636dLzzj5FkGENqU3iMZYpJ&#10;R1e+1B+bqlinWSyYMlMU3Gy27zdvt5yp651YgCGm/AHQsXLouDW+zCFbefyYMhWj1GtKCVtfbEJr&#10;+gdjbXXKBsCdjewo6e3ytC5vRbgXWeQVpFhar6d8snBm/QKamZ6aXdfqdasWTqkU+HzltZ6yC0xT&#10;BzOw+TPwkl+gUDfub8AzolZGn2ewMx7j76ovUuhz/lWB89xFgmfsT/VRqzS0OlW5y5qX3XzpV/jy&#10;M+5/AAAA//8DAFBLAwQUAAYACAAAACEACW4MLtsAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;wU7DMBBE70j8g7VI3KhDQCUNcSqE4IK4JPQANzfexhHxOo2dJvw9izjAabQzo9lXbBfXixOOofOk&#10;4HqVgEBqvOmoVbB7e77KQISoyejeEyr4wgDb8vys0LnxM1V4qmMreIRCrhXYGIdcytBYdDqs/IDE&#10;2cGPTkc+x1aaUc887nqZJslaOt0Rf7B6wEeLzWc9OQUvx9ewu11XT9X7Mavnj8NkW49KXV4sD/cg&#10;Ii7xrww/+IwOJTPt/UQmiF5BmnKRJdmA4Di729yA2P8asizkf/7yGwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAHprkmCyAQAA1AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAAluDC7bAAAABwEAAA8AAAAAAAAAAAAAAAAADAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" from="1.1pt,10.45pt" to="439.65pt,10.45pt" w14:anchorId="11260CA0"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
     <w:p w:rsidR="00EA3323" w:rsidP="00EA3323" w:rsidRDefault="00EA3323" w14:paraId="3B43086F" w14:textId="77777777"/>
     <w:p w:rsidR="00EA3323" w:rsidP="00332D94" w:rsidRDefault="00EA3323" w14:paraId="15A76CEF" w14:textId="77777777"/>
     <w:p w:rsidRPr="00332D94" w:rsidR="00A657B9" w:rsidP="00A657B9" w:rsidRDefault="00A657B9" w14:paraId="530AC1CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc342508692" w:id="3"/>
       <w:bookmarkStart w:name="_Toc511811705" w:id="4"/>
       <w:r w:rsidRPr="00332D94">
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w:rsidRPr="00BF2502" w:rsidR="00A456CB" w:rsidP="00A456CB" w:rsidRDefault="00A456CB" w14:paraId="482BC633" w14:textId="4A410C80">
       <w:pPr>
         <w:rPr>
@@ -3254,51 +3254,51 @@
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="049BA934" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00730DA5" w:rsidR="0093479C" w:rsidP="0086669C" w:rsidRDefault="008F25A5" w14:paraId="587C5A37" w14:textId="03C78902">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Fastställd av: Objektledare, Godkänt: 2023-10-30</w:t>
+            <w:t>Fastställd av: Applikationsledare, Godkänt: 2023-10-30</w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="37904626">
@@ -3566,51 +3566,51 @@
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00730DA5" w:rsidR="0093479C" w:rsidP="000D6F1B" w:rsidRDefault="008F25A5" w14:paraId="4CE66246" w14:textId="1B30AB59">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Fastställd av: Objektledare, Godkänt: 2023-10-30</w:t>
+            <w:t>Fastställd av: Applikationsledare, Godkänt: 2023-10-30</w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="37904626">
@@ -3878,51 +3878,51 @@
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="5843C2BF" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00730DA5" w:rsidR="0093479C" w:rsidP="000D6F1B" w:rsidRDefault="008F25A5" w14:paraId="2B59EE43" w14:textId="7DDD34D0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Fastställd av: Objektledare, Godkänt: 2023-10-30</w:t>
+            <w:t>Fastställd av: Applikationsledare, Godkänt: 2023-10-30</w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="37904626">
@@ -4195,51 +4195,51 @@
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00256277" w:rsidTr="00220BF1" w14:paraId="55429160" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00730DA5" w:rsidR="0093479C" w:rsidP="0086669C" w:rsidRDefault="008F25A5" w14:paraId="22DEC7FD" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Fastställd av: Objektledare, Godkänt: 2023-10-30</w:t>
+            <w:t>Fastställd av: Applikationsledare, Godkänt: 2023-10-30</w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="37904626">