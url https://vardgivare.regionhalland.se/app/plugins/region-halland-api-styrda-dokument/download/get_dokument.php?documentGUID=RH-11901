--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -818,51 +818,51 @@
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="049BA934" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00730DA5" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="587C5A37" w14:textId="770834EF">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: Objektledare, Publicerad: 2020-01-07</w:t>
+            <w:t xml:space="preserve">Fastställd av: Applikationsledare, Publicerad: 2020-01-07</w:t>
           </w:r>
           <w:r w:rsidRPr="37904626" w:rsidR="008F25CD">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="002C73BB" w:rsidR="008F25CD">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="37904626" w:rsidR="008F25CD">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
@@ -1056,51 +1056,51 @@
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="4CE66246" w14:textId="05F0BAC6">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: Objektledare, Publicerad: 2020-01-07</w:t>
+            <w:t xml:space="preserve">Fastställd av: Applikationsledare, Publicerad: 2020-01-07</w:t>
           </w:r>
           <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="002C73BB" w:rsidR="004300A4">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>