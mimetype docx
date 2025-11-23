--- v0 (2025-10-06)
+++ v1 (2025-11-23)
@@ -1,202 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="005B49C1" w:rsidR="00647E41" w:rsidP="00D96B8E" w:rsidRDefault="005B49C1" w14:paraId="28E29FDF" w14:textId="77777777">
+    <w:p w14:paraId="28E29FDF" w14:textId="77777777" w:rsidR="00647E41" w:rsidRPr="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00D96B8E">
       <w:pPr>
         <w:pStyle w:val="Rubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="005B49C1">
         <w:t>Återbetalning av patientavgift pga. felaktig debitering</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00923874" w:rsidP="000C740E" w:rsidRDefault="00923874" w14:paraId="191BE9E2" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00786FF7" w:rsidR="005B49C1" w:rsidP="005B49C1" w:rsidRDefault="005B49C1" w14:paraId="5EE83B99" w14:textId="77777777">
+    <w:p w14:paraId="191BE9E2" w14:textId="77777777" w:rsidR="00923874" w:rsidRDefault="00923874" w:rsidP="000C740E"/>
+    <w:p w14:paraId="5EE83B99" w14:textId="324B755B" w:rsidR="005B49C1" w:rsidRPr="00786FF7" w:rsidRDefault="005B49C1" w:rsidP="005B49C1">
       <w:r w:rsidRPr="00786FF7">
-        <w:t xml:space="preserve">Återbetalning av betald patientavgift för öppen- och slutenvård då debiteringen visat sig felaktig.</w:t>
+        <w:t>Återbetalning av betald patientavgift för öppen- och slutenvård då debiteringen visat sig felaktig.</w:t>
       </w:r>
-      <w:r>
-        <w:t/>
+      <w:r w:rsidR="008F4016">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00225193">
+        <w:t>Bifoga kvittot tillsammans med blanketten</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4016">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00786FF7" w:rsidR="005B49C1" w:rsidP="005B49C1" w:rsidRDefault="005B49C1" w14:paraId="0E4334C7" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00786FF7" w:rsidR="005B49C1" w:rsidP="005B49C1" w:rsidRDefault="005B49C1" w14:paraId="434C61C0" w14:textId="77777777">
+    <w:p w14:paraId="0E4334C7" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRPr="00786FF7" w:rsidRDefault="005B49C1" w:rsidP="005B49C1"/>
+    <w:p w14:paraId="434C61C0" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRPr="00786FF7" w:rsidRDefault="005B49C1" w:rsidP="005B49C1">
       <w:r w:rsidRPr="00786FF7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="00786FF7">
         <w:t xml:space="preserve"> Detta underlag är endast giltigt tillsammans med kvitto på betald patientavgift.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="005B49C1" w:rsidP="005B49C1" w:rsidRDefault="005B49C1" w14:paraId="644EEA13" w14:textId="77777777"/>
+    <w:p w14:paraId="644EEA13" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="005B49C1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2302"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5558"/>
+        <w:gridCol w:w="3608"/>
+        <w:gridCol w:w="922"/>
+        <w:gridCol w:w="4530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B49C1" w:rsidTr="00CC18A1" w14:paraId="61C6AEC0" w14:textId="77777777">
+      <w:tr w:rsidR="005B49C1" w14:paraId="61C6AEC0" w14:textId="77777777" w:rsidTr="0076633A">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9210" w:type="dxa"/>
+            <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8DCF0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="4276C740" w14:textId="09D9A1D6">
+          <w:p w14:paraId="4276C740" w14:textId="09D9A1D6" w:rsidR="005B49C1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Fylls i av vårdpersonal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC18A1" w:rsidTr="00895299" w14:paraId="437B1863" w14:textId="77777777">
+      <w:tr w:rsidR="00CC18A1" w14:paraId="437B1863" w14:textId="77777777" w:rsidTr="0076633A">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9210" w:type="dxa"/>
+            <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CC18A1" w:rsidP="00780130" w:rsidRDefault="00CC18A1" w14:paraId="75DA0C82" w14:textId="76034F24">
+          <w:p w14:paraId="75DA0C82" w14:textId="4DE25012" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="00780130">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F261FF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Patientens personnummer</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Patientens personnumme</w:t>
+            </w:r>
+            <w:r w:rsidR="00117D4D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t/>
-[...6 lines deleted...]
-              <w:t/>
+              <w:t>r</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00780130" w:rsidRDefault="00CC18A1" w14:paraId="2A2C3C7D" w14:textId="3214DC5B">
+          <w:p w14:paraId="2A2C3C7D" w14:textId="3214DC5B" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00780130">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00780130" w:rsidRDefault="00CC18A1" w14:paraId="2C0634B2" w14:textId="3EC86DE2">
+          <w:p w14:paraId="2C0634B2" w14:textId="3EC86DE2" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00780130">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00780130" w:rsidRDefault="00CC18A1" w14:paraId="05204EC9" w14:textId="77777777">
+          <w:p w14:paraId="05204EC9" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00780130">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -233,108 +218,208 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B49C1" w:rsidTr="00CC18A1" w14:paraId="70E25639" w14:textId="77777777">
+      <w:tr w:rsidR="005B49C1" w14:paraId="70E25639" w14:textId="77777777" w:rsidTr="0076633A">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="530B2D18" w14:textId="4FF76AC8" w:rsidR="005B49C1" w:rsidRDefault="00CC18A1" w:rsidP="00780130">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Patientens förnamn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6032BD38" w14:textId="2B608586" w:rsidR="00065955" w:rsidRPr="00065955" w:rsidRDefault="00065955" w:rsidP="00780130">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ECDE27C" w14:textId="572F362D" w:rsidR="005B49C1" w:rsidRPr="00F261FF" w:rsidRDefault="005B49C1" w:rsidP="00780130">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="0"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="00CC18A1" w14:paraId="64635D9D" w14:textId="212A7CD2">
+          <w:p w14:paraId="6B76970C" w14:textId="339417A7" w:rsidR="005B49C1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00780130">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Patientens förnamn</w:t>
-[...6 lines deleted...]
-              <w:t/>
+              <w:t>Patientens efternamn</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="530B2D18" w14:textId="77777777">
+          <w:p w14:paraId="3F8D85B2" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRPr="00F261FF" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="6ECDE27C" w14:textId="77777777">
+          <w:p w14:paraId="334ECB84" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRPr="00F261FF" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Text1" w:id="0"/>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
@@ -351,88 +436,88 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="0"/>
+      </w:tr>
+      <w:tr w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w14:paraId="79C848BC" w14:textId="77777777" w:rsidTr="005929AC">
+        <w:trPr>
+          <w:trHeight w:val="1816"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5558" w:type="dxa"/>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="00CC18A1" w14:paraId="6B76970C" w14:textId="339417A7">
+          <w:p w14:paraId="134E128C" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="00C46109">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Patientens efternamn</w:t>
-[...6 lines deleted...]
-              <w:t/>
+              <w:t>Orsak för återbetalning</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="3F8D85B2" w14:textId="77777777">
+          <w:p w14:paraId="352A33FE" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="00C46109">
             <w:pPr>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="334ECB84" w14:textId="77777777">
+          <w:p w14:paraId="2F19546B" w14:textId="45766A07" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00C46109">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:b/>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -465,499 +550,196 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidTr="00C46109" w14:paraId="79C848BC" w14:textId="77777777">
+      <w:tr w:rsidR="00BC290C" w:rsidRPr="00F2259F" w14:paraId="14B2DFB0" w14:textId="77777777" w:rsidTr="00BC290C">
         <w:trPr>
-          <w:trHeight w:val="1020"/>
+          <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC18A1" w:rsidP="00C46109" w:rsidRDefault="00CC18A1" w14:paraId="134E128C" w14:textId="77777777">
+          <w:p w14:paraId="6BBDBE64" w14:textId="77777777" w:rsidR="00BC290C" w:rsidRDefault="00BC290C" w:rsidP="00C46109">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F261FF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Orsak för återbetalning</w:t>
+              <w:t>Datum för besöket</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC18A1" w:rsidP="00C46109" w:rsidRDefault="00CC18A1" w14:paraId="352A33FE" w14:textId="77777777">
+          <w:p w14:paraId="0B5888B5" w14:textId="77777777" w:rsidR="00BC290C" w:rsidRDefault="00BC290C" w:rsidP="00BC290C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="4"/>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00C46109" w:rsidRDefault="00CC18A1" w14:paraId="2F19546B" w14:textId="77777777">
+          <w:p w14:paraId="7B1CA413" w14:textId="4B07136D" w:rsidR="00BC290C" w:rsidRPr="00BC290C" w:rsidRDefault="00BC290C" w:rsidP="00BC290C">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-[...285 lines deleted...]
-                <w:sz w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6908" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F2259F" w:rsidR="00CC18A1" w:rsidP="00C46109" w:rsidRDefault="00CC18A1" w14:paraId="363A0527" w14:textId="77777777">
+          <w:p w14:paraId="51420FE8" w14:textId="77777777" w:rsidR="00BC290C" w:rsidRDefault="00BC290C" w:rsidP="00BC290C">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...25 lines deleted...]
-                </w14:textFill>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F261FF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Belopp att återbetala</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49C61B82" w14:textId="181D8EA8" w:rsidR="00BC290C" w:rsidRDefault="00BC290C" w:rsidP="00C46109">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005B49C1" w:rsidP="005B49C1" w:rsidRDefault="005B49C1" w14:paraId="451E0F98" w14:textId="77777777">
+    <w:p w14:paraId="451E0F98" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="005B49C1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4605"/>
-        <w:gridCol w:w="4605"/>
+        <w:gridCol w:w="4528"/>
+        <w:gridCol w:w="4532"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00FD363B" w:rsidR="00602EFA" w:rsidTr="009D7258" w14:paraId="1587396E" w14:textId="77777777">
+      <w:tr w:rsidR="00602EFA" w:rsidRPr="00FD363B" w14:paraId="1587396E" w14:textId="77777777" w:rsidTr="009D7258">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8DCF0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD363B" w:rsidR="00602EFA" w:rsidP="009D7258" w:rsidRDefault="00602EFA" w14:paraId="0003314E" w14:textId="77777777">
+          <w:p w14:paraId="0003314E" w14:textId="77777777" w:rsidR="00602EFA" w:rsidRPr="00FD363B" w:rsidRDefault="00602EFA" w:rsidP="009D7258">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD363B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Intygas av mottagning</w:t>
-            </w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00602EFA" w:rsidTr="009D7258" w14:paraId="07970B70" w14:textId="77777777">
+      <w:tr w:rsidR="00602EFA" w14:paraId="07970B70" w14:textId="77777777" w:rsidTr="009D7258">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00922C5A" w:rsidR="00602EFA" w:rsidP="009D7258" w:rsidRDefault="00602EFA" w14:paraId="7FB2FE5C" w14:textId="77777777">
+          <w:p w14:paraId="7FB2FE5C" w14:textId="77777777" w:rsidR="00602EFA" w:rsidRPr="00922C5A" w:rsidRDefault="00602EFA" w:rsidP="009D7258">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00922C5A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Ort och datum</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FD363B" w:rsidR="00602EFA" w:rsidP="009D7258" w:rsidRDefault="00602EFA" w14:paraId="10D50F75" w14:textId="77777777">
+          <w:p w14:paraId="10D50F75" w14:textId="77777777" w:rsidR="00602EFA" w:rsidRPr="00FD363B" w:rsidRDefault="00602EFA" w:rsidP="009D7258">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00602EFA" w:rsidP="009D7258" w:rsidRDefault="00602EFA" w14:paraId="58BEC71B" w14:textId="77777777">
+          <w:p w14:paraId="58BEC71B" w14:textId="77777777" w:rsidR="00602EFA" w:rsidRDefault="00602EFA" w:rsidP="009D7258">
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
@@ -991,278 +773,276 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00922C5A" w:rsidR="00602EFA" w:rsidP="009D7258" w:rsidRDefault="00602EFA" w14:paraId="29E93B37" w14:textId="77777777">
+          <w:p w14:paraId="29E93B37" w14:textId="77777777" w:rsidR="00602EFA" w:rsidRPr="00922C5A" w:rsidRDefault="00602EFA" w:rsidP="009D7258">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00922C5A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Underskrift</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00602EFA" w:rsidP="009D7258" w:rsidRDefault="00602EFA" w14:paraId="73916FBD" w14:textId="77777777"/>
-          <w:p w:rsidR="00602EFA" w:rsidP="009D7258" w:rsidRDefault="00602EFA" w14:paraId="2D789FCB" w14:textId="77777777"/>
+          <w:p w14:paraId="73916FBD" w14:textId="77777777" w:rsidR="00602EFA" w:rsidRDefault="00602EFA" w:rsidP="009D7258"/>
+          <w:p w14:paraId="2D789FCB" w14:textId="77777777" w:rsidR="00602EFA" w:rsidRDefault="00602EFA" w:rsidP="009D7258"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CC18A1" w:rsidP="005B49C1" w:rsidRDefault="00CC18A1" w14:paraId="2B7A1DD2" w14:textId="77777777">
+    <w:p w14:paraId="2B7A1DD2" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="005B49C1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F2259F" w:rsidR="00CC18A1" w:rsidP="005B49C1" w:rsidRDefault="00CC18A1" w14:paraId="06D6CE9E" w14:textId="77777777">
+    <w:p w14:paraId="06D6CE9E" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRPr="00F2259F" w:rsidRDefault="00CC18A1" w:rsidP="005B49C1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4605"/>
-        <w:gridCol w:w="4605"/>
+        <w:gridCol w:w="4527"/>
+        <w:gridCol w:w="4533"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D8713F" w:rsidR="005B49C1" w:rsidTr="00780130" w14:paraId="6523912F" w14:textId="77777777">
+      <w:tr w:rsidR="005B49C1" w:rsidRPr="00D8713F" w14:paraId="6523912F" w14:textId="77777777" w:rsidTr="00780130">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8DCF0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="00CC18A1" w14:paraId="2D4903CD" w14:textId="5E3360B6">
+          <w:p w14:paraId="2D4903CD" w14:textId="5E3360B6" w:rsidR="005B49C1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00780130">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Fylls i av patient</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC18A1" w:rsidTr="00CC18A1" w14:paraId="0741D433" w14:textId="77777777">
+      <w:tr w:rsidR="00CC18A1" w14:paraId="0741D433" w14:textId="77777777" w:rsidTr="00CC18A1">
         <w:trPr>
           <w:trHeight w:val="739"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC18A1" w:rsidP="005B49C1" w:rsidRDefault="00CC18A1" w14:paraId="20859D61" w14:textId="3195E9D7">
+          <w:p w14:paraId="20859D61" w14:textId="3195E9D7" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="005B49C1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Adress</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC18A1" w:rsidP="005B49C1" w:rsidRDefault="00CC18A1" w14:paraId="6AA22C6A" w14:textId="3A6EE990">
+          <w:p w14:paraId="6AA22C6A" w14:textId="3A6EE990" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="005B49C1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:name="_GoBack" w:id="1"/>
-[...35 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D8713F">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="531928DF" w14:textId="5F9CCC10">
+          <w:p w14:paraId="531928DF" w14:textId="5F9CCC10" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Telefonnr dagtid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC18A1" w:rsidTr="00CC18A1" w14:paraId="3203A69D" w14:textId="77777777">
+      <w:tr w:rsidR="00CC18A1" w14:paraId="3203A69D" w14:textId="77777777" w:rsidTr="00CC18A1">
         <w:trPr>
           <w:trHeight w:val="739"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="52C8B4B4" w14:textId="77777777">
+          <w:p w14:paraId="52C8B4B4" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F261FF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Postnummer</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="78C93DE5" w14:textId="77777777">
+          <w:p w14:paraId="78C93DE5" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CC18A1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="48A1673B" w14:textId="5B587898">
+          <w:p w14:paraId="48A1673B" w14:textId="5B587898" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1302,74 +1082,74 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC18A1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="7AD8021F" w14:textId="77777777">
+          <w:p w14:paraId="7AD8021F" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F261FF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Postort</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC18A1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="4BD64B4F" w14:textId="77777777">
+          <w:p w14:paraId="4BD64B4F" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CC18A1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="7302159A" w14:textId="7713ECB0">
+          <w:p w14:paraId="7302159A" w14:textId="7713ECB0" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1406,81 +1186,81 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC18A1" w:rsidTr="00CC18A1" w14:paraId="59582151" w14:textId="77777777">
+      <w:tr w:rsidR="00CC18A1" w14:paraId="59582151" w14:textId="77777777" w:rsidTr="00CC18A1">
         <w:trPr>
           <w:trHeight w:val="739"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00C46109" w:rsidRDefault="00CC18A1" w14:paraId="1217FE44" w14:textId="77777777">
+          <w:p w14:paraId="1217FE44" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00C46109">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F261FF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Bank</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00C46109" w:rsidRDefault="00CC18A1" w14:paraId="3D822E00" w14:textId="77777777">
+          <w:p w14:paraId="3D822E00" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00C46109">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="261ED198" w14:textId="462B91C9">
+          <w:p w14:paraId="261ED198" w14:textId="462B91C9" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1520,81 +1300,74 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC18A1" w:rsidP="00C46109" w:rsidRDefault="00CC18A1" w14:paraId="1084B96B" w14:textId="77777777">
+          <w:p w14:paraId="1084B96B" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="00C46109">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F261FF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bankkonto inkl. clearingnummer</w:t>
-[...6 lines deleted...]
-              <w:t/>
+              <w:t>Bankkonto inkl. clearingnummer</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC18A1" w:rsidP="00C46109" w:rsidRDefault="00CC18A1" w14:paraId="4EC9F8D7" w14:textId="77777777">
+          <w:p w14:paraId="4EC9F8D7" w14:textId="77777777" w:rsidR="00CC18A1" w:rsidRDefault="00CC18A1" w:rsidP="00C46109">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="00CC18A1" w:rsidP="00CC18A1" w:rsidRDefault="00CC18A1" w14:paraId="075B6C58" w14:textId="355C2812">
+          <w:p w14:paraId="075B6C58" w14:textId="355C2812" w:rsidR="00CC18A1" w:rsidRPr="00F261FF" w:rsidRDefault="00CC18A1" w:rsidP="00CC18A1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1632,368 +1405,320 @@
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D8713F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00F2259F" w:rsidR="005B49C1" w:rsidP="005B49C1" w:rsidRDefault="005B49C1" w14:paraId="3B54D12A" w14:textId="77777777">
+    <w:p w14:paraId="3B54D12A" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRPr="00F2259F" w:rsidRDefault="005B49C1" w:rsidP="005B49C1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004707AA" w:rsidP="005B49C1" w:rsidRDefault="004707AA" w14:paraId="01CE7DFE" w14:textId="77777777"/>
+    <w:p w14:paraId="01CE7DFE" w14:textId="77777777" w:rsidR="004707AA" w:rsidRDefault="004707AA" w:rsidP="005B49C1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4605"/>
-        <w:gridCol w:w="4605"/>
+        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="4523"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B49C1" w:rsidTr="00780130" w14:paraId="2B753773" w14:textId="77777777">
+      <w:tr w:rsidR="005B49C1" w14:paraId="2B753773" w14:textId="77777777" w:rsidTr="00780130">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2FAB4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="69C43CA2" w14:textId="12EE0CB7">
+          <w:p w14:paraId="69C43CA2" w14:textId="12EE0CB7" w:rsidR="005B49C1" w:rsidRPr="00F261FF" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F261FF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Ifylld blankett skickas till</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2FAB4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F261FF" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="2856F802" w14:textId="516A7A28">
+          <w:p w14:paraId="2856F802" w14:textId="516A7A28" w:rsidR="005B49C1" w:rsidRPr="00F261FF" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F261FF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Frågor besvaras av</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B49C1" w:rsidTr="00780130" w14:paraId="3B278FCD" w14:textId="77777777">
+      <w:tr w:rsidR="005B49C1" w14:paraId="3B278FCD" w14:textId="77777777" w:rsidTr="00780130">
         <w:trPr>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="4ADCFEA2" w14:textId="77777777"/>
-          <w:p w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="1B216E1C" w14:textId="77777777">
+          <w:p w14:paraId="4ADCFEA2" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00780130"/>
+          <w:p w14:paraId="1B216E1C" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:r>
               <w:t xml:space="preserve">      Region Halland</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="6C89F92B" w14:textId="77777777">
+          <w:p w14:paraId="6C89F92B" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:r>
               <w:t xml:space="preserve">      GAS Redovisningsservice, team patient</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="0428CE07" w14:textId="77777777">
+          <w:p w14:paraId="0428CE07" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:r>
               <w:t xml:space="preserve">      Box 517</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="2C748922" w14:textId="77777777">
+          <w:p w14:paraId="2C748922" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:r>
               <w:t xml:space="preserve">      301 80 Halmstad</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="0DBDA5BC" w14:textId="77777777"/>
+          <w:p w14:paraId="0DBDA5BC" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00780130"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00613B77" w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="3F8BE29B" w14:textId="77777777">
+          <w:p w14:paraId="3F8BE29B" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRPr="00613B77" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:r>
               <w:t xml:space="preserve">     GAS, gemensam administrativ service</w:t>
             </w:r>
-            <w:r w:rsidR="004707AA">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="74812ED2" w14:textId="6964BCF5">
+          <w:p w14:paraId="74812ED2" w14:textId="6964BCF5" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00780130">
             <w:r w:rsidRPr="00613B77">
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:t>Telefonnummer: 010-45 53 970</w:t>
             </w:r>
-            <w:r w:rsidR="00060EF2">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="005B49C1" w:rsidP="00780130" w:rsidRDefault="005B49C1" w14:paraId="1AEE1851" w14:textId="77777777"/>
+          <w:p w14:paraId="1AEE1851" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00780130"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="003C3BA6" w:rsidR="00FC50C3" w:rsidP="00CC18A1" w:rsidRDefault="00FC50C3" w14:paraId="77C48409" w14:textId="77777777"/>
-    <w:sectPr w:rsidRPr="003C3BA6" w:rsidR="00FC50C3" w:rsidSect="00FC50C3">
+    <w:p w14:paraId="77C48409" w14:textId="77777777" w:rsidR="00FC50C3" w:rsidRPr="003C3BA6" w:rsidRDefault="00FC50C3" w:rsidP="00CC18A1"/>
+    <w:sectPr w:rsidR="00FC50C3" w:rsidRPr="003C3BA6" w:rsidSect="00FC50C3">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1758" w:right="1418" w:bottom="1701" w:left="1418" w:header="567" w:footer="964" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
-      <w:headerReference w:type="even" r:id="Rbcd510aeab03463e"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="R4b4a1831c13d47df"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3113FEDD" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00332D94">
+    <w:p w14:paraId="7D450D89" w14:textId="77777777" w:rsidR="00F448C8" w:rsidRDefault="00F448C8" w:rsidP="00332D94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="168E942F" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00332D94">
+    <w:p w14:paraId="7AC9F04D" w14:textId="77777777" w:rsidR="00F448C8" w:rsidRDefault="00F448C8" w:rsidP="00332D94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="006D3AD3" w:rsidRDefault="006D3AD3" w14:paraId="2F9D7181" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3B64E7AD" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
-</w:ftr>
-[...38 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
-        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7083"/>
       <w:gridCol w:w="1933"/>
     </w:tblGrid>
-    <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="169B2237" w14:textId="77777777">
+    <w:tr w:rsidR="0086669C" w14:paraId="169B2237" w14:textId="77777777" w:rsidTr="00220BF1">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="3D266039" w14:textId="77777777">
+        <w:p w14:paraId="3D266039" w14:textId="77777777" w:rsidR="00847E60" w:rsidRPr="00A26938" w:rsidRDefault="00847E60" w:rsidP="0086669C">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00730DA5">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Instruktion: Återbetalning av patientavgift pga. felaktig debitering</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="04464393" w14:textId="77777777">
+        <w:p w14:paraId="04464393" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60" w:rsidP="0086669C">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Sida </w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
@@ -2030,208 +1755,181 @@
             <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="049BA934" w14:textId="77777777">
+    <w:tr w:rsidR="0086669C" w14:paraId="049BA934" w14:textId="77777777" w:rsidTr="00220BF1">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00730DA5" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="587C5A37" w14:textId="770834EF">
+        <w:p w14:paraId="587C5A37" w14:textId="770834EF" w:rsidR="00847E60" w:rsidRPr="00730DA5" w:rsidRDefault="00847E60" w:rsidP="0086669C">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: Avdelningschef, Publicerad: 2022-12-27</w:t>
-[...20 lines deleted...]
-            <w:t/>
+            <w:t>Fastställd av: Avdelningschef, Publicerad: 2022-12-27</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="359DDFB3" w14:textId="77777777">
+        <w:p w14:paraId="359DDFB3" w14:textId="77777777" w:rsidR="00847E60" w:rsidRPr="00CE3B56" w:rsidRDefault="00847E60" w:rsidP="0086669C">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="450F38E4" w14:textId="77777777">
+    <w:tr w:rsidR="0086669C" w14:paraId="450F38E4" w14:textId="77777777" w:rsidTr="00220BF1">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="37904626" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="62B6D4D4" w14:textId="77777777">
+        <w:p w14:paraId="62B6D4D4" w14:textId="77777777" w:rsidR="00847E60" w:rsidRPr="37904626" w:rsidRDefault="00847E60" w:rsidP="0086669C">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Huvudförfattare: Pettersson Britt-Inger RK</w:t>
-[...5 lines deleted...]
-            <w:t/>
+            <w:t>Huvudförfattare: Pettersson Britt-Inger RK</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="1B0FB7E9" w14:textId="77777777">
+        <w:p w14:paraId="1B0FB7E9" w14:textId="77777777" w:rsidR="00847E60" w:rsidRPr="00CE3B56" w:rsidRDefault="00847E60" w:rsidP="0086669C">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="0086669C" w:rsidRDefault="0086669C" w14:paraId="3D4C8F68" w14:textId="77777777">
+  <w:p w14:paraId="3D4C8F68" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
-        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7083"/>
       <w:gridCol w:w="1933"/>
     </w:tblGrid>
-    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="283D25F8" w14:textId="77777777">
+    <w:tr w:rsidR="000D6F1B" w14:paraId="283D25F8" w14:textId="77777777" w:rsidTr="00595120">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="20748AEE" w14:textId="77777777">
+        <w:p w14:paraId="20748AEE" w14:textId="77777777" w:rsidR="00847E60" w:rsidRPr="00A26938" w:rsidRDefault="00847E60" w:rsidP="000D6F1B">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00730DA5">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Instruktion: Återbetalning av patientavgift pga. felaktig debitering</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="320295E4" w14:textId="77777777">
+        <w:p w14:paraId="320295E4" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60" w:rsidP="000D6F1B">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Sida </w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
@@ -2268,437 +1966,212 @@
             <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
+    <w:tr w:rsidR="000D6F1B" w14:paraId="01EED0C1" w14:textId="77777777" w:rsidTr="00595120">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="4CE66246" w14:textId="05F0BAC6">
+        <w:p w14:paraId="4CE66246" w14:textId="05F0BAC6" w:rsidR="00847E60" w:rsidRPr="00730DA5" w:rsidRDefault="00847E60" w:rsidP="000D6F1B">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: Avdelningschef, Publicerad: 2022-12-27</w:t>
-[...20 lines deleted...]
-            <w:t/>
+            <w:t>Fastställd av: Avdelningschef, Publicerad: 2022-12-27</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="3D5506B3" w14:textId="77777777">
+        <w:p w14:paraId="3D5506B3" w14:textId="77777777" w:rsidR="00847E60" w:rsidRPr="00CE3B56" w:rsidRDefault="00847E60" w:rsidP="000D6F1B">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="0A90BD92" w14:textId="77777777">
+    <w:tr w:rsidR="000D6F1B" w14:paraId="0A90BD92" w14:textId="77777777" w:rsidTr="00595120">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="37904626" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="41CB39C8" w14:textId="77777777">
+        <w:p w14:paraId="41CB39C8" w14:textId="77777777" w:rsidR="00847E60" w:rsidRPr="37904626" w:rsidRDefault="00847E60" w:rsidP="000D6F1B">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Huvudförfattare: Pettersson Britt-Inger RK</w:t>
-[...5 lines deleted...]
-            <w:t/>
+            <w:t>Huvudförfattare: Pettersson Britt-Inger RK</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2C7473F1" w14:textId="77777777">
+        <w:p w14:paraId="2C7473F1" w14:textId="77777777" w:rsidR="00847E60" w:rsidRPr="00CE3B56" w:rsidRDefault="00847E60" w:rsidP="000D6F1B">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2E4ECF54" w14:textId="77777777">
+  <w:p w14:paraId="2E4ECF54" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="490A41EF" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00332D94">
+    <w:p w14:paraId="5EB186A5" w14:textId="77777777" w:rsidR="00F448C8" w:rsidRDefault="00F448C8" w:rsidP="00332D94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E0BE297" w14:textId="77777777" w:rsidR="005B49C1" w:rsidRDefault="005B49C1" w:rsidP="00332D94">
+    <w:p w14:paraId="71380D34" w14:textId="77777777" w:rsidR="00F448C8" w:rsidRDefault="00F448C8" w:rsidP="00332D94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...197 lines deleted...]
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00E219F1" w:rsidTr="00220BF1" w14:paraId="46B1816B" w14:textId="77777777">
+    <w:tr w:rsidR="00E219F1" w14:paraId="46B1816B" w14:textId="77777777" w:rsidTr="00220BF1">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00E219F1" w:rsidP="00E219F1" w:rsidRDefault="00E219F1" w14:paraId="7737927F" w14:textId="77777777">
+        <w:p w14:paraId="7737927F" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60" w:rsidP="00E219F1">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Region Halland</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00E219F1" w:rsidP="00E219F1" w:rsidRDefault="00E219F1" w14:paraId="29FC14AA" w14:textId="77777777">
+        <w:p w14:paraId="29FC14AA" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60" w:rsidP="00E219F1">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22BEC089" wp14:editId="0AED195F">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="43" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2707,120 +2180,120 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00A479E9" w:rsidP="00E219F1" w:rsidRDefault="00A479E9" w14:paraId="1601A7BD" w14:textId="77777777">
+  <w:p w14:paraId="1601A7BD" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60" w:rsidP="00E219F1">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
-    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="1E211FE8" w14:textId="77777777">
+    <w:tr w:rsidR="000D6F1B" w14:paraId="1E211FE8" w14:textId="77777777" w:rsidTr="00595120">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="19A9EEB7" w14:textId="77777777">
+        <w:p w14:paraId="19A9EEB7" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60" w:rsidP="000D6F1B">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Region Halland</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2737AE29" w14:textId="77777777">
+        <w:p w14:paraId="2737AE29" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60" w:rsidP="000D6F1B">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77D1C5EB" wp14:editId="45A2C2E1">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="2" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2829,61 +2302,61 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="2FC22883" w14:textId="77777777">
+  <w:p w14:paraId="2FC22883" w14:textId="77777777" w:rsidR="00847E60" w:rsidRDefault="00847E60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17A726FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="802EEDDE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2952,93 +2425,93 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43D86CC4"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1CC88198"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46A32B89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7821CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="501B6965"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE26EAC4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3107,51 +2580,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50C96CC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E314182A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3220,51 +2693,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FFC1795"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFA4AA04"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3333,51 +2806,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62CA296C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86C47040"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3446,97 +2919,97 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C7873CE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7821CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="747C0790"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7821CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C1632FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C5E019C"/>
     <w:lvl w:ilvl="0" w:tplc="C08C3B94">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3606,954 +3079,348 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EF73064"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7821CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="303126064">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2011637666">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1733506369">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="816918327">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1384209558">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="500004209">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1740706527">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1358194255">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="687365281">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1112700393">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1724796089">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaFull" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="4" w:cryptSpinCount="100000" w:hash="H1WfMo7IqZHjKcJgawsoLB+QbZA=" w:salt="/UaWvftfz1wkGwoyZ6Sefw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A2FF6"/>
     <w:rsid w:val="000443AD"/>
     <w:rsid w:val="00060EF2"/>
+    <w:rsid w:val="00065955"/>
     <w:rsid w:val="00087B68"/>
+    <w:rsid w:val="00090C1E"/>
+    <w:rsid w:val="00094B1A"/>
     <w:rsid w:val="000B0C89"/>
     <w:rsid w:val="000C740E"/>
     <w:rsid w:val="000F6828"/>
+    <w:rsid w:val="00117D4D"/>
+    <w:rsid w:val="001216E1"/>
     <w:rsid w:val="00172424"/>
     <w:rsid w:val="0018206E"/>
+    <w:rsid w:val="00182258"/>
     <w:rsid w:val="002024A8"/>
+    <w:rsid w:val="00225193"/>
     <w:rsid w:val="00225E0B"/>
+    <w:rsid w:val="00246188"/>
     <w:rsid w:val="00246F62"/>
     <w:rsid w:val="002567F9"/>
     <w:rsid w:val="00271080"/>
+    <w:rsid w:val="0029552D"/>
+    <w:rsid w:val="002A769C"/>
     <w:rsid w:val="002D0241"/>
     <w:rsid w:val="002E0A96"/>
     <w:rsid w:val="002E653A"/>
     <w:rsid w:val="00332D94"/>
     <w:rsid w:val="003A2FF6"/>
+    <w:rsid w:val="003B3325"/>
     <w:rsid w:val="003C3BA6"/>
     <w:rsid w:val="003C5B41"/>
+    <w:rsid w:val="003D4E43"/>
     <w:rsid w:val="003E537C"/>
     <w:rsid w:val="00406C20"/>
     <w:rsid w:val="004707AA"/>
     <w:rsid w:val="004A4717"/>
+    <w:rsid w:val="004E7309"/>
     <w:rsid w:val="00502956"/>
     <w:rsid w:val="005140DE"/>
+    <w:rsid w:val="0052477A"/>
+    <w:rsid w:val="005929AC"/>
     <w:rsid w:val="005A5094"/>
     <w:rsid w:val="005B49C1"/>
     <w:rsid w:val="00602EFA"/>
     <w:rsid w:val="00614116"/>
+    <w:rsid w:val="00620BB7"/>
     <w:rsid w:val="00633C84"/>
     <w:rsid w:val="00647E41"/>
     <w:rsid w:val="006534D8"/>
     <w:rsid w:val="00677C69"/>
     <w:rsid w:val="00696200"/>
+    <w:rsid w:val="006A036A"/>
     <w:rsid w:val="006D3AD3"/>
     <w:rsid w:val="00713D71"/>
     <w:rsid w:val="0074069B"/>
     <w:rsid w:val="00746913"/>
     <w:rsid w:val="0075659A"/>
+    <w:rsid w:val="0076633A"/>
+    <w:rsid w:val="00847E60"/>
+    <w:rsid w:val="00895578"/>
     <w:rsid w:val="008C2342"/>
+    <w:rsid w:val="008F4016"/>
     <w:rsid w:val="009004BF"/>
     <w:rsid w:val="00923874"/>
     <w:rsid w:val="00937225"/>
     <w:rsid w:val="00940ED2"/>
     <w:rsid w:val="00976C47"/>
     <w:rsid w:val="009806F9"/>
     <w:rsid w:val="009920B1"/>
+    <w:rsid w:val="009A540E"/>
     <w:rsid w:val="009D5FFA"/>
     <w:rsid w:val="009F76CD"/>
     <w:rsid w:val="00A33719"/>
     <w:rsid w:val="00AB0079"/>
     <w:rsid w:val="00AB14D2"/>
     <w:rsid w:val="00B0617F"/>
     <w:rsid w:val="00B2053F"/>
     <w:rsid w:val="00B2523E"/>
+    <w:rsid w:val="00BC290C"/>
+    <w:rsid w:val="00BC2FFE"/>
     <w:rsid w:val="00BD31C6"/>
+    <w:rsid w:val="00C06884"/>
     <w:rsid w:val="00C1580D"/>
     <w:rsid w:val="00C43323"/>
+    <w:rsid w:val="00C77D43"/>
     <w:rsid w:val="00CB3BB1"/>
     <w:rsid w:val="00CC18A1"/>
+    <w:rsid w:val="00CF27C7"/>
     <w:rsid w:val="00D67040"/>
     <w:rsid w:val="00D96B8E"/>
     <w:rsid w:val="00DD12E6"/>
     <w:rsid w:val="00E03E34"/>
     <w:rsid w:val="00E321FC"/>
     <w:rsid w:val="00F01D75"/>
     <w:rsid w:val="00F2259F"/>
+    <w:rsid w:val="00F448C8"/>
     <w:rsid w:val="00FC50C3"/>
     <w:rsid w:val="00FC6435"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6BBF674F"/>
+  <w15:docId w15:val="{F1C1A445-5920-412B-8C77-528B36163B9B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
-    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
-[...679 lines deleted...]
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4621,307 +3488,482 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D96B8E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Liststycke"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00937225"/>
+    <w:rsid w:val="00A479E9"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00937225"/>
+    <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="120" w:after="60" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidhuvudChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="SidfotChar1"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000C740E"/>
+    <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
+      <w:ind w:left="1434" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
-    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00633C84"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BallongtextChar1"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
-    <w:link w:val="Ballongtext"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="39"/>
     <w:rsid w:val="00647E41"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="RubrikChar1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D96B8E"/>
+    <w:rsid w:val="00E71832"/>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
-    <w:link w:val="Rubrik"/>
     <w:rsid w:val="00D96B8E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00332D94"/>
+    <w:rsid w:val="00E71832"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
       <w:bCs/>
       <w:color w:val="365F91"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00332D94"/>
     <w:pPr>
       <w:ind w:left="260"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00332D94"/>
+    <w:rsid w:val="008160E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="4171"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar1">
+    <w:name w:val="Sidfot Char1"/>
+    <w:link w:val="Sidfot"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00633C84"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar1">
+    <w:name w:val="Ballongtext Char1"/>
+    <w:link w:val="Ballongtext"/>
+    <w:rsid w:val="009F76CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar1">
+    <w:name w:val="Rubrik Char1"/>
+    <w:link w:val="Rubrik"/>
+    <w:rsid w:val="00E71832"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="00A479E9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E219F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="859664780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1485929772">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -5023,57 +4065,60 @@
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="Rbcd510aeab03463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="R97cbd96f5e0a4d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header6.xml" Id="R952c411fe6f4480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer4.xml" Id="R669f6ac8df664287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer5.xml" Id="R547ae89b929e49a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer6.xml" Id="R4b4a1831c13d47df" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
-<file path=word/_rels/header6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.gif" Id="rId1" /></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5333,539 +4378,204 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...101 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100307AB3238729EA41A181DE12D2B82F11" ma:contentTypeVersion="15" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="a7eaff1b244e7213efd010ceb9fe5ae7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="dc2897a4-ddc4-41e0-8fb1-fa379fb645d3" xmlns:ns4="6b914630-4b6b-4b63-a9f7-76ccc35d332d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e0ec540dc4ab38996c7014f879e1e227" ns3:_="" ns4:_="">
+    <xsd:import namespace="dc2897a4-ddc4-41e0-8fb1-fa379fb645d3"/>
+    <xsd:import namespace="6b914630-4b6b-4b63-a9f7-76ccc35d332d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:FSCD_DocumentIssuer"/>
-[...32 lines deleted...]
-                <xsd:element ref="ns4:RHI_CD_Classification" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dc2897a4-ddc4-41e0-8fb1-fa379fb645d3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="46" nillable="true" ma:displayName="Schemalagt startdatum" ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="47" nillable="true" ma:displayName="Schemalagt slutdatum" ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...41 lines deleted...]
-    <xsd:element name="FSCD_DocumentId" ma:index="10" nillable="true" ma:displayName="Dokument-Id" ma:internalName="FSCD_DocumentId" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="FSCD_ReviewReminder" ma:index="12" nillable="true" ma:displayName="Granskningspåminnelse" ma:default="12" ma:description="Antal månader från publiceringsdatum" ma:internalName="FSCD_ReviewReminder" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="11" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Number">
-[...1 lines deleted...]
-          <xsd:minInclusive value="0"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="FSCD_ApprovedBy" ma:index="15" nillable="true" ma:displayName="Godkänd av" ma:internalName="FSCD_ApprovedBy" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="20" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="22" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6b914630-4b6b-4b63-a9f7-76ccc35d332d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="FSCD_DocumentEdition" ma:index="16" nillable="true" ma:displayName="Dokumentutgåva" ma:internalName="FSCD_DocumentEdition" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Number"/>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="FSCD_DocumentInfo" ma:index="18" nillable="true" ma:displayName="Dokumentinfo" ma:hidden="true" ma:internalName="FSCD_DocumentInfo" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="FSCD_Source" ma:index="19" nillable="true" ma:displayName="Källa" ma:internalName="FSCD_Source" ma:readOnly="true">
+    <xsd:element name="SharingHintHash" ma:index="17" nillable="true" ma:displayName="Delar tips, Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
-      </xsd:simpleType>
-[...189 lines deleted...]
-        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="32" ma:displayName="Innehållstyp"/>
-        <xsd:element ref="dc:title" maxOccurs="1" ma:index="0" ma:displayName="Rubrik"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5910,561 +4620,173 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...423 lines deleted...]
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <documentManagement>
+    <_activity xmlns="dc2897a4-ddc4-41e0-8fb1-fa379fb645d3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52FB7BAA-DDD6-4E23-A703-7099B172BE27}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7586F0DE-D0E0-4EC5-A1FA-F928685DC4A7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7586F0DE-D0E0-4EC5-A1FA-F928685DC4A7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BBE2A2E-8244-4380-A869-2CACDDFD1B5A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="dc2897a4-ddc4-41e0-8fb1-fa379fb645d3"/>
+    <ds:schemaRef ds:uri="6b914630-4b6b-4b63-a9f7-76ccc35d332d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BED386C6-B3C5-436D-84BF-74533ECE2285}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39C4AA71-A2B1-4FFA-B628-F6F69376C491}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5E9A9E7-DB28-441C-A437-69B52F175293}"/>
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39C4AA71-A2B1-4FFA-B628-F6F69376C491}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52FB7BAA-DDD6-4E23-A703-7099B172BE27}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="dc2897a4-ddc4-41e0-8fb1-fa379fb645d3"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="6b914630-4b6b-4b63-a9f7-76ccc35d332d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>876</Characters>
+  <Pages>1</Pages>
+  <Words>111</Words>
+  <Characters>937</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Blankett</vt:lpstr>
+      <vt:lpstr>Återbetalning av patientavgift pga. felaktig debitering</vt:lpstr>
       <vt:lpstr>Innehållsmall styrda dokument (blankett)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1039</CharactersWithSpaces>
+  <CharactersWithSpaces>1046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Återbetalning av patientavgift pga. felaktig debitering</dc:title>
-  <dc:creator>Arnskill Anna RGS</dc:creator>
+  <dc:creator>Engvall Maria RGS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100E0F948EFE5EB184D8B9B53EF67D40605009AD999134CC13543921DA43E33617E52</vt:lpwstr>
+    <vt:lpwstr>0x010100307AB3238729EA41A181DE12D2B82F11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="FSCD_DocumentType">
     <vt:lpwstr>1;#Blankett|bffdd78a-4a43-43f6-bebc-861377f1dca0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="RHI_MSChapter">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="RHI_MeSHMulti">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="RHI_AppliesToOrganizationMulti">
     <vt:lpwstr>5;#Region Halland|d72d8b1f-b373-4815-ab51-a5608c837237</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="RHI_KeywordsMulti">
     <vt:lpwstr>4;#Avgiftshandboken|207f845c-0d69-4cb6-bfb1-37fee379a838</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="RHI_ApprovedRole">
     <vt:lpwstr>6;#Avdelningschef|53e5495f-f4ef-469e-b24d-e53fa9cc2c56</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>e61c1fdc-ecb0-4755-9ba7-1bea3ad9612d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="URL">
     <vt:lpwstr/>
   </property>