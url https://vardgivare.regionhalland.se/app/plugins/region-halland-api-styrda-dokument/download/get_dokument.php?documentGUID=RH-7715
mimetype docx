--- v0 (2025-10-19)
+++ v1 (2026-03-18)
@@ -1,54 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidR="00923874" w:rsidP="0000226D" w:rsidRDefault="0000226D" w14:paraId="1923F221" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Gastrostomi – Checklista för vård</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00923874" w:rsidP="000C740E" w:rsidRDefault="60B9133A" w14:paraId="64C31012" w14:textId="7EFE2E85">
       <w:r>
@@ -1557,59 +1562,59 @@
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00286460">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t/>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00286460">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="003C3BA6" w:rsidR="00FC50C3" w:rsidP="000C740E" w:rsidRDefault="00FC50C3" w14:paraId="17D00E1F" w14:textId="77777777"/>
     <w:sectPr w:rsidRPr="003C3BA6" w:rsidR="00FC50C3" w:rsidSect="00FC50C3">
       <w:headerReference w:type="even" r:id="rId14"/>
-      <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
-      <w:footerReference w:type="default" r:id="rId17"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1758" w:right="1418" w:bottom="1701" w:left="1418" w:header="567" w:footer="964" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
+      <w:headerReference w:type="default" r:id="R638e9608746544cf"/>
+      <w:headerReference w:type="first" r:id="Rfcd8a1b7da1743e8"/>
+      <w:footerReference w:type="default" r:id="R99858d7324944025"/>
+      <w:footerReference w:type="first" r:id="R9e0cb98f8e3a4590"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="33A598A2" w14:textId="77777777" w:rsidR="0000226D" w:rsidRDefault="0000226D" w:rsidP="00332D94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2C30E30F" w14:textId="77777777" w:rsidR="0000226D" w:rsidRDefault="0000226D" w:rsidP="00332D94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2297,50 +2302,835 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00CE3B56" w:rsidR="00286460" w:rsidP="000D6F1B" w:rsidRDefault="00286460" w14:paraId="2C7473F1" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00286460" w:rsidRDefault="00286460" w14:paraId="2E4ECF54" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="3B64E7AD" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="0086669C" w:rsidTr="7BC21EBE" w14:paraId="169B2237" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="032240EE" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Instruktion: Gastrostomi - Bilaga 1 Checklista för vård</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+        <w:p w:rsidRPr="00A26938" w:rsidR="0065478F" w:rsidP="0086669C" w:rsidRDefault="0065478F" w14:paraId="3D266039" w14:textId="36B5D452">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="normaltextrun"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            </w:rPr>
+            <w:t>RH-7715</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="normaltextrun"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="normaltextrun"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="04464393" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="0086669C" w:rsidTr="7BC21EBE" w14:paraId="049BA934" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="587C5A37" w14:textId="602BE3AA">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Fastställd av: Chefläkare, Fastställt: 2024-03-07</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"/>
+          </w:r>
+          <w:r w:rsidR="001A33D0">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="00E26026">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00306A86" w:rsidR="00E26026">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidR="00E26026">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626" w:rsidR="00E26026">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="359DDFB3" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="0086669C" w:rsidTr="7BC21EBE" w14:paraId="450F38E4" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="62B6D4D4" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Hjalmarsson Claes HS KIR</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="1B0FB7E9" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="7BC21EBE" w:rsidTr="7BC21EBE" w14:paraId="698AFE72" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="7BC21EBE" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="04367F70" w14:textId="6F55011B">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Medförfattare: </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="7BC21EBE" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="1B80CE29" w14:textId="27B71B37">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="0086669C" w:rsidRDefault="0086669C" w14:paraId="3D4C8F68" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="283D25F8" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00A26938" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="20748AEE" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Instruktion: Gastrostomi - Bilaga 1 Checklista för vård</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="320295E4" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="4CE66246" w14:textId="1B30AB59">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Fastställd av: Chefläkare, Godkänt: 2024-03-07</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"/>
+          </w:r>
+          <w:r w:rsidR="00060751">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00306A86">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidR="00D477A7">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidR="00400514">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="3D5506B3" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="0A90BD92" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="41CB39C8" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Hjalmarsson Claes HS KIR</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2C7473F1" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00534AEA" w:rsidTr="00595120" w14:paraId="6CBDE51C" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="00534AEA" w:rsidP="000D6F1B" w:rsidRDefault="00534AEA" w14:paraId="3947287A" w14:textId="4C0B4CBF">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Medförfattare: </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00534AEA" w:rsidP="000D6F1B" w:rsidRDefault="00534AEA" w14:paraId="79E8A2E3" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2E4ECF54" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="70028793" w14:textId="77777777" w:rsidR="0000226D" w:rsidRDefault="0000226D" w:rsidP="00332D94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3104C7D9" w14:textId="77777777" w:rsidR="0000226D" w:rsidRDefault="0000226D" w:rsidP="00332D94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w:rsidR="00286460" w:rsidRDefault="00286460" w14:paraId="5EE4EA23" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
@@ -2593,50 +3383,379 @@
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00286460" w:rsidRDefault="00286460" w14:paraId="2FC22883" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="7BC21EBE" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="79DD3ED2" w14:textId="1A6D087A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="7BC21EBE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">OBS! Utskriven version kan vara inaktuell. </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="7BC21EBE" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="657E0D00" w14:textId="0928424F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="7BC21EBE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Senaste versionen hittar du via intranätet under "styrande dokument" eller vårdgivarwebben.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="72753E35" w14:textId="2FAD54AB"/>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="9016" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4508"/>
+      <w:gridCol w:w="4508"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="001A33D0" w:rsidTr="7BC21EBE" w14:paraId="072919FD" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="841"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="001A33D0" w:rsidP="001A33D0" w:rsidRDefault="001A33D0" w14:paraId="2C47A234" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D6992EF" wp14:editId="763690B2">
+                <wp:extent cx="1762125" cy="438150"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:docPr id="4" name="Picture 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1" name=""/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1"/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1762125" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="001A33D0" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="532680D4" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:before="240"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Gäller för: Hallands sjukhus</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidRPr="001A33D0" w:rsidR="00A479E9" w:rsidP="001A33D0" w:rsidRDefault="00A479E9" w14:paraId="1601A7BD" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00534AEA" w:rsidP="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="2A1F5E81" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="7BC21EBE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">OBS! Utskriven version kan vara inaktuell. </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00534AEA" w:rsidP="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="107950E2" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="7BC21EBE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Senaste versionen hittar du via intranätet under "styrande dokument" eller vårdgivarwebben.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="182A4ED7" w14:textId="77777777"/>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="9016" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4508"/>
+      <w:gridCol w:w="4508"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00534AEA" w:rsidTr="00534AEA" w14:paraId="1E211FE8" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="841"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="00534AEA" w:rsidP="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="19A9EEB7" w14:textId="35AEF7D8">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1466D9FC" wp14:editId="48C55B15">
+                <wp:extent cx="1762125" cy="438150"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:docPr id="359604749" name="Picture 359604749"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1" name=""/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1"/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1762125" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="00534AEA" w:rsidP="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="1CAE6638" w14:textId="3455F47F">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Gäller för: Hallands sjukhus</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="2FC22883" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17A726FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="802EEDDE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
@@ -3919,146 +5038,146 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7CF62C12"/>
   <w15:docId w15:val="{C5B51348-EEE7-4304-A0B4-59C9EEB44D0D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4076,73 +5195,73 @@
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -4185,52 +5304,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4291,57 +5410,57 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D96B8E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Liststycke"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00937225"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -4354,549 +5473,802 @@
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00937225"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120" w:after="60" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000C740E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00633C84"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:link w:val="Ballongtext"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00647E41"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="00D96B8E"/>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:rsid w:val="00D96B8E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00332D94"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00332D94"/>
     <w:pPr>
       <w:ind w:left="260"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00332D94"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="heading10">
+  <w:style w:type="paragraph" w:styleId="heading10" w:customStyle="1">
     <w:name w:val="heading 10"/>
     <w:basedOn w:val="ListParagraph0"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00A479E9"/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="heading20">
+  <w:style w:type="paragraph" w:styleId="heading20" w:customStyle="1">
     <w:name w:val="heading 20"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="heading30">
+  <w:style w:type="paragraph" w:styleId="heading30" w:customStyle="1">
     <w:name w:val="heading 30"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultParagraphFont0">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont0" w:customStyle="1">
     <w:name w:val="Default Paragraph Font0"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="NormalTable0">
+  <w:style w:type="table" w:styleId="NormalTable0" w:customStyle="1">
     <w:name w:val="Normal Table0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList0">
+  <w:style w:type="numbering" w:styleId="NoList0" w:customStyle="1">
     <w:name w:val="No List0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="header0">
+  <w:style w:type="paragraph" w:styleId="header0" w:customStyle="1">
     <w:name w:val="header0"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="footer0">
+  <w:style w:type="paragraph" w:styleId="footer0" w:customStyle="1">
     <w:name w:val="footer0"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListParagraph0">
+  <w:style w:type="paragraph" w:styleId="ListParagraph0" w:customStyle="1">
     <w:name w:val="List Paragraph0"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:ind w:left="1434" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:link w:val="footer0"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00633C84"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BalloonText0">
+  <w:style w:type="paragraph" w:styleId="BalloonText0" w:customStyle="1">
     <w:name w:val="Balloon Text0"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText0"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid0">
+  <w:style w:type="table" w:styleId="TableGrid0" w:customStyle="1">
     <w:name w:val="Table Grid0"/>
     <w:basedOn w:val="NormalTable0"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00647E41"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Hyperlink0">
+  <w:style w:type="character" w:styleId="Hyperlink0" w:customStyle="1">
     <w:name w:val="Hyperlink0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalWeb0">
+  <w:style w:type="paragraph" w:styleId="NormalWeb0" w:customStyle="1">
     <w:name w:val="Normal (Web)0"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title0">
+  <w:style w:type="paragraph" w:styleId="Title0" w:customStyle="1">
     <w:name w:val="Title0"/>
     <w:basedOn w:val="heading20"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00E71832"/>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title0"/>
     <w:rsid w:val="00E71832"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TOCHeading0">
+  <w:style w:type="paragraph" w:styleId="TOCHeading0" w:customStyle="1">
     <w:name w:val="TOC Heading0"/>
     <w:basedOn w:val="heading10"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E71832"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="22"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="toc20">
+  <w:style w:type="paragraph" w:styleId="toc20" w:customStyle="1">
     <w:name w:val="toc 20"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00332D94"/>
     <w:pPr>
       <w:ind w:left="260"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="toc10">
+  <w:style w:type="paragraph" w:styleId="toc10" w:customStyle="1">
     <w:name w:val="toc 10"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="008160E0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="4171"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont0"/>
     <w:link w:val="heading10"/>
     <w:rsid w:val="00A479E9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont0"/>
     <w:link w:val="header0"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E219F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00A479E9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E219F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A479E9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD0566"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD0566"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:ind w:left="1434" w:hanging="357"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="009F76CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00647E41"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00647E41"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00647E41"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71832"/>
+    <w:rPr>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71832"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00332D94"/>
+    <w:pPr>
+      <w:ind w:left="260"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="008160E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="4171"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0065478F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0065478F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0065478F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="859664780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1485929772">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -5004,60 +6376,65 @@
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fresenius-kabi.com/se/produkter/freka-peg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/VR_Sjukhusovergripande/ODMPublished/RH-7674/Gastrostomi%20-%20vuxna.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fresenius-kabi.com/se/produkter/freka-peg" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/VR_Sjukhusovergripande/ODMPublished/RH-7674/Gastrostomi%20-%20vuxna.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R638e9608746544cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Rfcd8a1b7da1743e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer4.xml" Id="R99858d7324944025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer5.xml" Id="R9e0cb98f8e3a4590" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="rId1" /></Relationships>
+</file>
+
+<file path=word/_rels/header5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>