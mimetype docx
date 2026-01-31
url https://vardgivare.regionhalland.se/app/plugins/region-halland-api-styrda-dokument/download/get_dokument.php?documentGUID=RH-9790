--- v0 (2025-10-14)
+++ v1 (2026-01-31)
@@ -1,73 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidR="00CE5E00" w:rsidP="00CE5E00" w:rsidRDefault="001C3E19" w14:paraId="046B93EA" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Title"/>
+        <w:pStyle w:val="Rubrik"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>E-post</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="00EA3323" w:rsidP="00EA3323" w:rsidRDefault="00EA3323" w14:paraId="2E162989" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="008160E0" w:rsidP="00EA3323" w:rsidRDefault="008160E0" w14:paraId="23444915" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -92,435 +109,435 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hitta i dokumentet</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="008160E0" w:rsidP="00EA3323" w:rsidRDefault="008160E0" w14:paraId="4D16D356" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="008160E0" w:rsidP="00EA3323" w:rsidRDefault="008160E0" w14:paraId="7FB67B3B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidRPr="00B937A9" w:rsidR="008160E0" w:rsidSect="00CC0153">
-          <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
+          <w:headerReference w:type="even" r:id="Rb435a71d6803405a"/>
+          <w:headerReference w:type="default" r:id="R8967d5252ee94055"/>
+          <w:headerReference w:type="first" r:id="R91777bfc99dc4119"/>
+          <w:footerReference w:type="even" r:id="R2876a0705b854d3c"/>
+          <w:footerReference w:type="default" r:id="R64cb5e957e5c4335"/>
+          <w:footerReference w:type="first" r:id="R01430d8878c74b32"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EE6461" w:rsidRDefault="008160E0" w14:paraId="376E9FF8" w14:textId="36937758">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-1" \n \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="1" w:anchor="_Toc18933332">
         <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Syfte</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="29FBB0FB" w14:textId="51475A21">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="29FBB0FB" w14:textId="51475A21">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933333">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Egen e-postlåda</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="37C15664" w14:textId="3D0E53B8">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="37C15664" w14:textId="3D0E53B8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933334">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Myndighetens e-postlåda</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="0F1BFF91" w14:textId="6650D5AE">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="0F1BFF91" w14:textId="6650D5AE">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933335">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Verksamhetens e-postlåda</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="40280ADC" w14:textId="2F85FE76">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="40280ADC" w14:textId="2F85FE76">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933336">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Bevakning av e-postlåda</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="5B3561B4" w14:textId="3AED95A7">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="5B3561B4" w14:textId="3AED95A7">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933337">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Oplanerad frånvaro</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="29F210AE" w14:textId="6C8E36D4">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="29F210AE" w14:textId="6C8E36D4">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933338">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Diarieföring, bevarande och gallring</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="4676B854" w14:textId="21907EF1">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="4676B854" w14:textId="21907EF1">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933339">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Sekretess</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="538A558B" w14:textId="4440199A">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="538A558B" w14:textId="4440199A">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933340">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Inskannad information som skickas från multifunktionsskrivare</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="7D0085F7" w14:textId="5DF7B621">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="7D0085F7" w14:textId="5DF7B621">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933341">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Säker e-post</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="18205815" w14:textId="071A21C5">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="18205815" w14:textId="071A21C5">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933342">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Privat e-post</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="2BDFE124" w14:textId="3AF2CA34">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="2BDFE124" w14:textId="3AF2CA34">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933343">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Automatiska frånvaromeddelanden med textexempel</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="46CCEECE" w14:textId="419060D0">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="46CCEECE" w14:textId="419060D0">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933344">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Utlämnande av e-post och e-postloggar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="3EF22EAD" w14:textId="321988DA">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="3EF22EAD" w14:textId="321988DA">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933345">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Mobil e-post och synkronisering av kalenderfunktion</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="6BF57484" w14:textId="632E0AEC">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="6BF57484" w14:textId="632E0AEC">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933346">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hotelse via e-post</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="4283EBB5" w14:textId="7AE1F9D3">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="4283EBB5" w14:textId="7AE1F9D3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933347">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Misstänkt suspekt e-post</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="59F64D0D" w14:textId="2EC2A535">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="59F64D0D" w14:textId="2EC2A535">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933348">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Avslut av e-postlåda</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EE6461" w:rsidRDefault="006C6C67" w14:paraId="58F6E4CE" w14:textId="0A98F699">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w:rsidR="00EE6461" w:rsidRDefault="00EE6461" w14:paraId="58F6E4CE" w14:textId="0A98F699">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc18933349">
-        <w:r w:rsidRPr="0053222D" w:rsidR="00EE6461">
+        <w:r w:rsidRPr="0053222D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Bilaga</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="008160E0" w:rsidP="008160E0" w:rsidRDefault="008160E0" w14:paraId="036AACA6" w14:textId="2178EED2">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="008160E0" w:rsidP="008160E0" w:rsidRDefault="008160E0" w14:paraId="2E6DFB67" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidRPr="00B937A9" w:rsidR="008160E0" w:rsidSect="008160E0">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2" w:sep="1"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="00EA3323" w:rsidP="00EA3323" w:rsidRDefault="00EA3323" w14:paraId="4C526081" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
@@ -565,1343 +582,1460 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback>
             <w:pict>
-              <v:line id="Rak 10" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3213]" from="1.1pt,10.45pt" to="439.65pt,10.45pt" w14:anchorId="6DCE6FF5" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6j85xxwEAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6JNiMOD20aC/D&#10;FnTrB6gyFQuTREFSY+fvR8mJU7QDhg27yKbE98j3RG2uR2vYAULU6Fq+XNScgZPYabdv+eOPuw+f&#10;OItJuE4YdNDyI0R+vX3/bjP4Bq6wR9NBYETiYjP4lvcp+aaqouzBirhAD44OFQYrEoVhX3VBDMRu&#10;TXVV1+tqwND5gBJipN3b6ZBvC79SINM3pSIkZlpOvaWyhrI+5bXabkSzD8L3Wp7aEP/QhRXaUdGZ&#10;6lYkwZ6DfkNltQwYUaWFRFuhUlpC0UBqlvUrNd974aFoIXOin22K/49Wfj3sAtMd3R3Z44SlO3oQ&#10;PxlFZM3gY0MZN24XTlH0u5B1jirY/CUFbCx2Hmc7YUxM0uZqtf68+rjmTJ7PqgvQh5juAS3LPy03&#10;2mWlohGHLzFRMUo9p+Rt4/Ia0ejuThtTgjwjcGMCOwi63TQuc8uEe5FFUUZWWcjUevlLRwMT6wMo&#10;Uk/NLkv1MncXTiEluHTmNY6yM0xRBzOw/jPwlJ+hUGbyb8AzolRGl2aw1Q7D76pfrFBT/tmBSXe2&#10;4Am7Y7nUYg0NV3Hu9BDy9L6MC/zyXLe/AAAA//8DAFBLAwQUAAYACAAAACEACW4MLtsAAAAHAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3KhDQCUNcSqE4IK4JPQANzfexhHxOo2d&#10;Jvw9izjAabQzo9lXbBfXixOOofOk4HqVgEBqvOmoVbB7e77KQISoyejeEyr4wgDb8vys0LnxM1V4&#10;qmMreIRCrhXYGIdcytBYdDqs/IDE2cGPTkc+x1aaUc887nqZJslaOt0Rf7B6wEeLzWc9OQUvx9ew&#10;u11XT9X7Mavnj8NkW49KXV4sD/cgIi7xrww/+IwOJTPt/UQmiF5BmnKRJdmA4Di729yA2P8asizk&#10;f/7yGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPqPznHHAQAA9gMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAluDC7bAAAABwEAAA8AAAAAAAAA&#10;AAAAAAAAIQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAApBQAAAAA=&#10;"/>
+              <v:line id="Rak 10" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3213]" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6a5JgsgEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bv1OmiVhA13cOulguC&#10;FbAf4HXGjSXbY9mmSf+esdsmK0BCIC4Tz3jem5nnye52cpYdISaDvuPrVcMZeIW98YeOP317ePOO&#10;s5Sl76VFDx0/QeK3+9evdmNo4QYHtD1ERiQ+tWPo+JBzaIVIagAn0woDeLrUGJ3M5MaD6KMcid1Z&#10;cdM0WzFi7ENEBSlR9P58yfeVX2tQ+bPWCTKzHafecrWx2udixX4n20OUYTDq0ob8hy6cNJ6KzlT3&#10;Mkv2PZpfqJxRERPqvFLoBGptFNQZaJp189M0XwcZoM5C4qQwy5T+H636dLzzj5FkGENqU3iMZYpJ&#10;R1e+1B+bqlinWSyYMlMU3Gy27zdvt5yp651YgCGm/AHQsXLouDW+zCFbefyYMhWj1GtKCVtfbEJr&#10;+gdjbXXKBsCdjewo6e3ytC5vRbgXWeQVpFhar6d8snBm/QKamZ6aXdfqdasWTqkU+HzltZ6yC0xT&#10;BzOw+TPwkl+gUDfub8AzolZGn2ewMx7j76ovUuhz/lWB89xFgmfsT/VRqzS0OlW5y5qX3XzpV/jy&#10;M+5/AAAA//8DAFBLAwQUAAYACAAAACEACW4MLtsAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;wU7DMBBE70j8g7VI3KhDQCUNcSqE4IK4JPQANzfexhHxOo2dJvw9izjAabQzo9lXbBfXixOOofOk&#10;4HqVgEBqvOmoVbB7e77KQISoyejeEyr4wgDb8vys0LnxM1V4qmMreIRCrhXYGIdcytBYdDqs/IDE&#10;2cGPTkc+x1aaUc887nqZJslaOt0Rf7B6wEeLzWc9OQUvx9ewu11XT9X7Mavnj8NkW49KXV4sD/cg&#10;Ii7xrww/+IwOJTPt/UQmiF5BmnKRJdmA4Di729yA2P8asizkf/7yGwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAHprkmCyAQAA1AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAAluDC7bAAAABwEAAA8AAAAAAAAAAAAAAAAADAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" from="1.1pt,10.45pt" to="439.65pt,10.45pt" w14:anchorId="4981F324"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
     <w:p w:rsidRPr="00B937A9" w:rsidR="00EA3323" w:rsidP="00EA3323" w:rsidRDefault="00EA3323" w14:paraId="0F4D16A6" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C3E19" w:rsidP="001C3E19" w:rsidRDefault="001C3E19" w14:paraId="1B6A935B" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w:rsidR="001C3E19" w:rsidP="001C3E19" w:rsidRDefault="001C3E19" w14:paraId="1B6A935B" w14:textId="2CCF1BDF">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc354642329" w:id="3"/>
       <w:bookmarkStart w:name="_Toc18933332" w:id="4"/>
       <w:r>
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w:rsidRPr="00654D2D" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="5A15656C" w14:textId="77777777">
       <w:r w:rsidRPr="00654D2D">
-        <w:t>Beskriva vad som gäller för alla som använder Region Hallands e-postsystem.</w:t>
+        <w:t xml:space="preserve">Beskriva vad som gäller för alla som använder Region Hallands e-postsystem.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00654D2D">
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654D2D">
+        <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="01E0D8F3" w14:textId="77777777"/>
     <w:p w:rsidRPr="00654D2D" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="3BD96175" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc472600395" w:id="5"/>
       <w:bookmarkStart w:name="_Toc18933333" w:id="6"/>
       <w:r w:rsidRPr="00654D2D">
         <w:t>Egen e-postlåda</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w:rsidRPr="00654D2D" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="1D7CAA36" w14:textId="77777777">
+    <w:p w:rsidR="00E72829" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="7C03A861" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654D2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Begreppet personligt ställd post gäller inte för e-post. En personlig e-postadress betyder inte att e-postlådan är privat utan den är en e-postadress som medarbetare tilldelas för att kunna sköta ditt arbete. Att den anställdes namn står först i e-postadressen beror på internets adresseringsteknik.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00654D2D" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="529A91E3" w14:textId="77777777">
+        <w:t>Begreppet personligt ställd post gäller inte för e-post. En personlig e-postadress betyder inte att e-postlådan är privat utan den är en e-postadress som medarbetare tilldelas för att kunna</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72829" w:rsidP="00654D2D" w:rsidRDefault="00BC7B64" w14:paraId="653A2CE7" w14:textId="6EF1F29B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>sköta ditt arbete. Detta innebär också att din e-post kan begäras ut som en allmän handling, se avsnittet utlämnande av e-post och e-postloggar.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72829">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00E72829">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00E81779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72829" w:rsidP="00654D2D" w:rsidRDefault="00E72829" w14:paraId="4B70C629" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00654D2D" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="529A91E3" w14:textId="402C745C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00654D2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>E-postsystemet är ett arbetsverktyg och ska användas med gott omdöme.</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654D2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r w:rsidRPr="00654D2D" w:rsidR="00E74547">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00654D2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00654D2D" w:rsidR="00654D2D" w:rsidP="000770D8" w:rsidRDefault="00654D2D" w14:paraId="19DA85B9" w14:textId="58D8289E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00654D2D">
-        <w:t xml:space="preserve">E-postanvändare ska kontrollera sin e-post minst en gång varje arbetsdag.</w:t>
+        <w:t xml:space="preserve">E-postanvändare ska kontrollera sin e-post minst en gång varje arbetsdag. Vid planerad frånvaro ska alltid frånvarohanteraren aktiveras och ett meddelande skrivas, se under rubrik</w:t>
       </w:r>
       <w:r w:rsidR="004C27E4">
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r w:rsidR="00BC7B64">
         <w:t/>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-        <w:t>Vid planerad frånvaro ska alltid frånvarohanteraren aktiveras och ett meddelande skrivas, se under rubrik</w:t>
+      <w:r w:rsidRPr="00E72829" w:rsidR="00BC7B64">
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r w:rsidRPr="00E72829">
+        <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidRPr="00654D2D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C0339A">
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+      <w:r w:rsidRPr="00E72829" w:rsidR="00C0339A">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Automatiska frånvaromeddelanden med textexempel</w:t>
       </w:r>
-      <w:r w:rsidRPr="00654D2D">
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+      <w:r w:rsidRPr="00E72829">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00654D2D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E72829">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00654D2D" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="6F48CA0B" w14:textId="32732503">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00654D2D">
         <w:t xml:space="preserve">E-postanvändare har skyldighet att diarieföra allmänna handlingar. Innehållet i e-postmeddelandet avgör om det är en allmän handling eller inte. </w:t>
       </w:r>
       <w:r w:rsidR="00B32A2E">
         <w:t xml:space="preserve">Se under rubrik </w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A2E" w:rsidR="00B32A2E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Diarieföring, bevarande och gallring</w:t>
       </w:r>
       <w:r w:rsidR="00B32A2E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="567BFEE8" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="6DEEEE4F" w14:textId="6D57C9A4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Skicka kopia bara om det är nödvändigt.</w:t>
+        <w:t>Skicka endast med tidigare korrespondens om det är nödvändigt när e-post vidare-befordras.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r w:rsidRPr="00B937A9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidRPr="00B937A9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r w:rsidR="002A020D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B937A9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B937A9" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="6859CD7E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Skicka endast med tidigare korrespondens om det är nödvändigt när e-post vidare-befordras.</w:t>
+        <w:t>Om du inte är avsedd mottagare kontakta avsändaren och</w:t>
       </w:r>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t/>
       </w:r>
+      <w:r w:rsidRPr="00B937A9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve">ta därefter bort meddelandet. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B937A9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r w:rsidRPr="00B937A9">
-[...26 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    </w:p>
+    <w:p w:rsidRPr="00654D2D" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="582D4386" w14:textId="2E7D0E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00654D2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Svara inte på en mottagen kopia eftersom du fått den för kännedom.</w:t>
-[...9 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Avsluta alltid ditt e-postmeddelande med den av Region Halland föreslagna </w:t>
+      </w:r>
+      <w:r w:rsidR="00293FE2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r w:rsidRPr="00654D2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Om du inte är avsedd mottagare kontakta avsändaren och</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B937A9">
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r w:rsidR="00293FE2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00654D2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00293FE2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r w:rsidRPr="00B937A9">
+      <w:r w:rsidRPr="00654D2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00293FE2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00293FE2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002A020D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e-postsignaturen.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654D2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00B937A9">
+      <w:r w:rsidR="00293FE2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00654D2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">ta därefter bort meddelandet. </w:t>
-[...41 lines deleted...]
-        </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00654D2D">
-[...52 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00290E71" w14:paraId="5B8459F9" w14:textId="75F1F112">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Spara bilagor i OneDrive. Om sekretess, se särskild rubrik nedan</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Spara bilagor i OneDrive. Om sekretess, se särskild rubrik nedan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C62C5D" w:rsidR="00654D2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidR="0097425C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F83D36" w:rsidR="00E70987" w:rsidP="00662C09" w:rsidRDefault="009F05D6" w14:paraId="1F10821B" w14:textId="504F9928">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62C5D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>E-postlådan ska rensas minst en gång per månad (ta bort, flytta till OneDrive, diarieföra).</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83D36">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00290E71">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F83D36">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00F83D36" w:rsidR="00FD05F9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00F83D36">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F83D36" w:rsidR="005F5F8E" w:rsidP="005F5F8E" w:rsidRDefault="005F5F8E" w14:paraId="4154F62F" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00F83D36" w:rsidR="005F5F8E" w:rsidP="005F5F8E" w:rsidRDefault="005F5F8E" w14:paraId="4154F62F" w14:textId="201050FE">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83D36">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Automatisk vidarebefordran av e-post får inte ske. Detta innebär att e-post i Region Hallands e-postsystem inte med automatik får skickas vidare till e-postsystem som finns utanför Region Hallands nät och kontroll</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F83D36">
+        <w:t>Automatisk vidarebefordran av e-post till extern e-posttjänstfår inte ske</w:t>
+      </w:r>
+      <w:r w:rsidR="00784247">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F83D36">
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r w:rsidR="00BC7B64">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Exempel på sådana e-postsystem är</w:t>
-[...12 lines deleted...]
-        <w:t>Hotmail och Gmail.</w:t>
+        <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F83D36" w:rsidR="005F5F8E" w:rsidP="005F5F8E" w:rsidRDefault="005F5F8E" w14:paraId="73753F9D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83D36">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Manuell vidarebefordran av e-post till privat e-postadress ska undvikas.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F83D36" w:rsidR="005F5F8E" w:rsidP="005F5F8E" w:rsidRDefault="005F5F8E" w14:paraId="7F95BAE5" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="357"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F83D36" w:rsidR="00D456A8" w:rsidP="00D456A8" w:rsidRDefault="00D456A8" w14:paraId="29F8F8CF" w14:textId="77777777"/>
     <w:p w:rsidRPr="00F83D36" w:rsidR="00BB67D0" w:rsidP="00BB67D0" w:rsidRDefault="00BB67D0" w14:paraId="7ED8D8FF" w14:textId="693F7B2A">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F83D36">
+        <w:lastRenderedPageBreak/>
         <w:t>E-postgrupper</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F83D36" w:rsidR="00BB67D0" w:rsidP="00BB67D0" w:rsidRDefault="00BB67D0" w14:paraId="4364E0D6" w14:textId="7DB0306F">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83D36">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Det är tillåtet att ha e-postgrupper, men tänk på att:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F83D36" w:rsidR="00BB67D0" w:rsidP="00974E6A" w:rsidRDefault="00BB67D0" w14:paraId="401D70F5" w14:textId="77E71995">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83D36">
         <w:t>Hålla grupperna uppdaterade</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F83D36" w:rsidR="00BB67D0" w:rsidP="00BB67D0" w:rsidRDefault="00BB67D0" w14:paraId="77CD67AE" w14:textId="3C8192BF">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83D36">
         <w:t>Ta bort personer från grupper när de begär det</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F83D36" w:rsidR="00BB67D0" w:rsidP="00BB67D0" w:rsidRDefault="00BB67D0" w14:paraId="51E77A15" w14:textId="0F706223">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83D36">
         <w:t>Radera grupperna när de inte längre behövs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F83D36" w:rsidR="00BB67D0" w:rsidP="00BB67D0" w:rsidRDefault="00BB67D0" w14:paraId="5702E09E" w14:textId="3C5F9EF9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00F83D36" w:rsidR="00BB67D0" w:rsidP="00BB67D0" w:rsidRDefault="00BB67D0" w14:paraId="5702E09E" w14:textId="656D1DD8">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83D36">
-        <w:t>Om e-post skickas till stora grupper (fler än 10, där mottagarna finns externt) lägg dem som dold/hemlig kopia.</w:t>
+        <w:t>Om e-post skickas till stora grupper</w:t>
       </w:r>
       <w:r w:rsidR="00F83D36">
         <w:t xml:space="preserve"/>
       </w:r>
+      <w:commentRangeStart w:id="7"/>
+      <w:r w:rsidR="00F83D36">
+        <w:t/>
+      </w:r>
+      <w:commentRangeEnd w:id="7"/>
+      <w:r w:rsidR="002C1BE5">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:commentReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidR="00F83D36">
+        <w:t xml:space="preserve"> (fler än 10) lägg dem gärna som dold/hemlig kopia.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83D36">
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:r w:rsidR="002C1BE5">
+        <w:t xml:space="preserve"/>
+      </w:r>
       <w:r w:rsidRPr="00F83D36">
         <w:t/>
       </w:r>
       <w:r w:rsidR="00F83D36">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004E09BE" w:rsidR="00D456A8" w:rsidP="008827E3" w:rsidRDefault="00D456A8" w14:paraId="30B364AD" w14:textId="70528D6F">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004E09BE">
         <w:t xml:space="preserve">Inkommande e-post som innehåller patientinformation ska hanteras som journalhandling, se rutin </w:t>
       </w:r>
       <w:r w:rsidR="00890BEE">
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="004E09BE">
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId18">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="004E09BE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Journal – kommunikation med patienter.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00890BEE" w:rsidR="00D456A8" w:rsidP="00890BEE" w:rsidRDefault="00D456A8" w14:paraId="6D2A1331" w14:textId="60E0833D">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00890BEE">
         <w:t>Bedöms e-postmeddelandet</w:t>
       </w:r>
       <w:r w:rsidR="00890BEE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00890BEE">
-        <w:t xml:space="preserve"> som extra integritetskänsligt</w:t>
+        <w:t xml:space="preserve"> som extra </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="8"/>
+      <w:r w:rsidRPr="00890BEE">
+        <w:t>integritetskänsligt</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="8"/>
+      <w:r w:rsidR="002C1BE5">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:commentReference w:id="8"/>
       </w:r>
       <w:r w:rsidR="00890BEE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00890BEE">
         <w:t xml:space="preserve"> ska det sparas i pappersjournal eller sökbart i pärm, som ska vara märkt </w:t>
       </w:r>
       <w:r w:rsidRPr="00890BEE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ej skanning,</w:t>
       </w:r>
       <w:r w:rsidRPr="00890BEE">
         <w:t xml:space="preserve"> och som ska förvaras i journalarkivet.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00D456A8" w:rsidR="00D456A8" w:rsidP="00D456A8" w:rsidRDefault="00D456A8" w14:paraId="7FA32445" w14:textId="2DB21320">
       <w:r>
         <w:t xml:space="preserve">Det är inte tillåtet att kontakta patienter via e-postsystemet, se rutin </w:t>
       </w:r>
       <w:r w:rsidRPr="00B937A9">
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId19">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId23">
         <w:r w:rsidRPr="00B937A9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t xml:space="preserve">Journal – </w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>kommunikation med patienter</w:t>
         </w:r>
         <w:r w:rsidRPr="00B937A9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00654D2D" w:rsidR="00654D2D" w:rsidP="00654D2D" w:rsidRDefault="00654D2D" w14:paraId="444C3D53" w14:textId="77777777"/>
     <w:p w:rsidRPr="002819A4" w:rsidR="002819A4" w:rsidP="002819A4" w:rsidRDefault="002819A4" w14:paraId="27FDC254" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933334" w:id="8"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600396" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc18933334" w:id="10"/>
       <w:r w:rsidRPr="002819A4">
         <w:t>Myndighetens e-postlåda</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w:rsidRPr="002819A4" w:rsidR="002819A4" w:rsidP="002819A4" w:rsidRDefault="002819A4" w14:paraId="4D14EAA7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002819A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Myndigheter är skyldiga att ta emot handlingar via e-post. Minst en officiell e-postlåda (myndighetspostlåda) ska finnas på varje myndighet. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002819A4" w:rsidR="002819A4" w:rsidP="002819A4" w:rsidRDefault="002819A4" w14:paraId="367AF637" w14:textId="004D189F">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002819A4" w:rsidP="002819A4" w:rsidRDefault="002819A4" w14:paraId="1C46CAE1" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933335" w:id="10"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600397" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc18933335" w:id="12"/>
       <w:r>
         <w:t>Verksamhetens e-postlåda</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w:rsidRPr="002819A4" w:rsidR="002819A4" w:rsidP="006624E4" w:rsidRDefault="002819A4" w14:paraId="62E1DBC0" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002819A4">
         <w:t xml:space="preserve">Varje förvaltningsmyndighet kan förutom den officiella myndighetpostlådan använda andra personoberoende e-postadresser (funktionsadresser) till vilka flera personer har tillgång, till exempel för att hantera post till centrala funktioner inom förvaltningen. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001C36C1" w:rsidR="002819A4" w:rsidP="006624E4" w:rsidRDefault="002819A4" w14:paraId="0DB82F91" w14:textId="1EDFFAC8">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId20">
+      <w:hyperlink w:history="1" r:id="rId24">
         <w:r w:rsidRPr="00313CB8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>E-postlåda till verksamhet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00313CB8">
         <w:rPr>
           <w:i/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C71E24" w:rsidP="001C3E19" w:rsidRDefault="00C71E24" w14:paraId="3514B696" w14:textId="40FD8CF5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00800B01" w:rsidP="00800B01" w:rsidRDefault="00800B01" w14:paraId="2C3034FC" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933336" w:id="12"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600398" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc18933336" w:id="14"/>
       <w:r>
         <w:t>Bevakning av e-postlåda</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w:rsidR="00800B01" w:rsidP="00313CB8" w:rsidRDefault="00800B01" w14:paraId="506D7D57" w14:textId="14B1A874">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
       </w:pPr>
       <w:r>
         <w:t>Närmaste chef beslutar om vem som ska bevaka en annan medarbetares e-postlåda.</w:t>
       </w:r>
       <w:r w:rsidRPr="00502DCE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId21">
+      <w:hyperlink w:history="1" r:id="rId25">
         <w:r w:rsidRPr="00313CB8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Offentlighetsprincipen - introduktion</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00313CB8">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00800B01" w:rsidP="00800B01" w:rsidRDefault="00800B01" w14:paraId="136E4BA0" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933337" w:id="14"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600399" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc18933337" w:id="16"/>
       <w:r>
         <w:t>Oplanerad frånvaro</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidRPr="006624E4" w:rsidR="006624E4" w:rsidP="000F4E11" w:rsidRDefault="00800B01" w14:paraId="4B96970D" w14:textId="599501F2">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00E3058A">
-        <w:t xml:space="preserve">Medarbetare kan själv aktivera frånvarohanteraren via: </w:t>
+        <w:t xml:space="preserve">Medarbetare kan själv aktivera frånvarohanteraren</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidRPr="00E3058A">
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId22">
-        <w:r w:rsidRPr="00E3058A">
+      <w:commentRangeStart w:id="17"/>
+      <w:r w:rsidRPr="00E3058A">
+        <w:t/>
+      </w:r>
+      <w:commentRangeEnd w:id="17"/>
+      <w:r w:rsidR="002C1BE5">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:commentReference w:id="17"/>
+      </w:r>
+      <w:r w:rsidRPr="00E3058A">
+        <w:t xml:space="preserve"> via: </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId26">
+        <w:r w:rsidRPr="00C90705" w:rsidR="002C1BE5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-[...1 lines deleted...]
-            <w:i/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>epost.regionhalland.se</w:t>
+          <w:t>https://outlook.office.com/mail/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E3058A">
-[...10 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="002C1BE5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E3058A">
         <w:t xml:space="preserve">Om det inte är möjligt ska närmaste chef kontakta HAK-uppdateraren och begära att medarbetarens inloggningsuppgifter nollställs, använd </w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00E3058A">
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId23">
-        <w:r w:rsidRPr="006624E4" w:rsidR="006624E4">
+      <w:hyperlink w:history="1" r:id="rId27">
+        <w:r w:rsidRPr="002C1BE5" w:rsidR="006624E4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Inloggningsuppgifter - beslut om nollställning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00E3058A" w:rsidR="006624E4" w:rsidP="006624E4" w:rsidRDefault="006624E4" w14:paraId="1408A113" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00E3058A">
         <w:t>Är HAK-uppdateraren inte tillgänglig skapas ett ärende till Servicedesk.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006624E4" w:rsidR="006624E4" w:rsidP="006624E4" w:rsidRDefault="006624E4" w14:paraId="2390ECF7" w14:textId="6D726C76">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="006624E4" w:rsidR="006624E4" w:rsidP="006624E4" w:rsidRDefault="006624E4" w14:paraId="2390ECF7" w14:textId="7364485C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Närmaste chef, tillsammans med minst en medarbetare (vittne), öppnar e-postlådan via adress: </w:t>
+        <w:t>Närmaste chef, tillsammans med minst en medarbetare (vittne), öppnar e-postlådan via adress: https://outlook.office.com/mail/</w:t>
       </w:r>
       <w:r w:rsidRPr="00E3058A" w:rsidR="00800B01">
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId24">
-[...8 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="002C1BE5" w:rsidR="002C1BE5">
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="002C1BE5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="18"/>
+      <w:commentRangeEnd w:id="18"/>
+      <w:r w:rsidR="002C1BE5">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:commentReference w:id="18"/>
+      </w:r>
       <w:r w:rsidRPr="00E3058A" w:rsidR="00800B01">
-        <w:t xml:space="preserve"> och aktiverar frånvarohanteraren och eventuell vidarebefordran av e-post. Noterar och undertecknar därefter på </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="1" r:id="rId25">
+        <w:t xml:space="preserve">och aktiverar frånvarohanteraren och eventuell vidarebefordran av e-post. Noterar och undertecknar därefter på </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId28">
         <w:r w:rsidRPr="006624E4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Inloggningsuppgifter - be</w:t>
         </w:r>
         <w:r w:rsidRPr="00313CB8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
             <w:i/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>slut om nollställning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00313CB8" w:rsidP="006624E4" w:rsidRDefault="00313CB8" w14:paraId="23FADEEF" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc472600401" w:id="15"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600401" w:id="19"/>
     </w:p>
     <w:p w:rsidRPr="00E60C8D" w:rsidR="00E60C8D" w:rsidP="006624E4" w:rsidRDefault="00E60C8D" w14:paraId="2A3189FE" w14:textId="3E862A5B">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933338" w:id="16"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc18933338" w:id="20"/>
       <w:r w:rsidRPr="00E60C8D">
         <w:t>Diarieföring, bevarande och gallring</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="00E60C8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E60C8D" w:rsidR="00E60C8D" w:rsidP="00E63B65" w:rsidRDefault="00E60C8D" w14:paraId="49879975" w14:textId="77777777">
       <w:r w:rsidRPr="00E60C8D">
         <w:t>Vid användning av e-post gäller samma offentligrättsliga regler som för pappershandlingar när det gäller bevarande och gallring. Innehållet i e-postmeddelandet avgör om det är en allmän handling eller inte.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E60C8D" w:rsidP="00E60C8D" w:rsidRDefault="00E60C8D" w14:paraId="72170294" w14:textId="24D79828">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId26">
+      <w:hyperlink w:history="1" r:id="rId29">
         <w:r w:rsidRPr="00502DCE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Offentlighetsprincipen</w:t>
         </w:r>
         <w:r w:rsidR="00313CB8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00502DCE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>- introduktion</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B937A9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050010B" w:rsidP="0050010B" w:rsidRDefault="0050010B" w14:paraId="48C66AF6" w14:textId="77777777">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w:rsidRPr="003562A4" w:rsidR="0050010B" w:rsidP="0050010B" w:rsidRDefault="0050010B" w14:paraId="48C66AF6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600402" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc18933339" w:id="22"/>
+      <w:commentRangeStart w:id="23"/>
+      <w:r w:rsidRPr="003562A4">
+        <w:lastRenderedPageBreak/>
         <w:t>Sekretess</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00C62C5D" w:rsidR="004E09BE" w:rsidP="00D456A8" w:rsidRDefault="004E09BE" w14:paraId="3D7BD10E" w14:textId="701C16F9">
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w:rsidRPr="003562A4" w:rsidR="004E09BE" w:rsidP="00D456A8" w:rsidRDefault="004E09BE" w14:paraId="3D7BD10E" w14:textId="701C16F9">
       <w:pPr>
         <w:ind w:left="357"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:t xml:space="preserve">Följande information </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>får inte</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:t xml:space="preserve"> skickas med vanlig e-post, utan bara med </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Säker e-post </w:t>
       </w:r>
-      <w:r w:rsidR="000624F1">
+      <w:r w:rsidRPr="003562A4" w:rsidR="000624F1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r w:rsidRPr="000624F1" w:rsidR="000624F1">
+      <w:r w:rsidRPr="003562A4" w:rsidR="000624F1">
         <w:t>(krypterad bilaga), se rubriker nedan:</w:t>
       </w:r>
-      <w:r w:rsidR="000C7C9A">
+      <w:r w:rsidRPr="003562A4" w:rsidR="000C7C9A">
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r w:rsidR="000624F1">
+      <w:r w:rsidRPr="003562A4" w:rsidR="000624F1">
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D" w:rsidR="00C27F93">
+      <w:r w:rsidRPr="003562A4" w:rsidR="00C27F93">
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:t/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C62C5D" w:rsidR="004E09BE" w:rsidP="00D456A8" w:rsidRDefault="004E09BE" w14:paraId="477B6858" w14:textId="2C902300">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="003562A4" w:rsidR="004E09BE" w:rsidP="00D456A8" w:rsidRDefault="004E09BE" w14:paraId="477B6858" w14:textId="2C902300">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:t>Information som omfattas av sekretess enligt Offentlighets- och sekretesslagen, som till exempel patientuppgifter, företagsuppgifter och leverantörsuppgifter vid upphandling.</w:t>
       </w:r>
-      <w:r w:rsidR="0097425C">
+      <w:r w:rsidRPr="003562A4" w:rsidR="0097425C">
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:t/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C62C5D" w:rsidR="004E09BE" w:rsidP="00D456A8" w:rsidRDefault="004E09BE" w14:paraId="26A08CFB" w14:textId="022F22D7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="003562A4" w:rsidR="004E09BE" w:rsidP="00D456A8" w:rsidRDefault="004E09BE" w14:paraId="26A08CFB" w14:textId="022F22D7">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:t>Känsliga personuppgifter som till exempel uppgifter om hälsa, medlemskap i fack-förening eller sexuell läggning.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D" w:rsidR="00C27F93">
+      <w:r w:rsidRPr="003562A4" w:rsidR="00C27F93">
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050010B" w:rsidP="00D456A8" w:rsidRDefault="004E09BE" w14:paraId="12CC9E44" w14:textId="5A88CF8B">
       <w:pPr>
         <w:ind w:left="357"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:t xml:space="preserve">Personnummer och samordningsnummer </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D">
+      <w:r w:rsidRPr="003562A4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">får skickas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D" w:rsidR="00D456A8">
+      <w:r w:rsidRPr="003562A4" w:rsidR="00D456A8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D" w:rsidR="00AC30AE">
+      <w:r w:rsidRPr="003562A4" w:rsidR="00AC30AE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D" w:rsidR="00AC30AE">
+      <w:r w:rsidRPr="003562A4" w:rsidR="00AC30AE">
         <w:t xml:space="preserve">med </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D" w:rsidR="00C27F93">
+      <w:r w:rsidRPr="003562A4" w:rsidR="00C27F93">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vanlig</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D" w:rsidR="00C27F93">
+      <w:r w:rsidRPr="003562A4" w:rsidR="00C27F93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C62C5D" w:rsidR="00AC30AE">
+      <w:r w:rsidRPr="003562A4" w:rsidR="00AC30AE">
         <w:t>e-post, men aldrig tillsammans med integritetskänslig information som exempelvis patientuppgifter eller personliga omdömen.</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="23"/>
+      <w:r w:rsidRPr="003562A4" w:rsidR="008958A4">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:commentReference w:id="23"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B733EF" w:rsidP="00B733EF" w:rsidRDefault="00B733EF" w14:paraId="4D8EF484" w14:textId="004750D0"/>
     <w:p w:rsidR="00B733EF" w:rsidP="00B733EF" w:rsidRDefault="00B733EF" w14:paraId="4AF3DB68" w14:textId="7E99BC77">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933340" w:id="19"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc18933340" w:id="24"/>
+      <w:commentRangeStart w:id="25"/>
       <w:r>
         <w:t>Inskannad information som skickas från multifunktionsskrivare</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="005C1A28" w:rsidP="00B733EF" w:rsidRDefault="00B733EF" w14:paraId="0EDD794C" w14:textId="12D226DF">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">På multifunktionsskrivare finns en skanningsfunktion. Skrivaren skickar ett epostmeddelande med ett det inskannade dokument</w:t>
       </w:r>
       <w:r w:rsidR="00401415">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidR="00F204F1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidR="00401415">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00401415">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F204F1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>som en bilaga (pdf) till vald e-postadress.</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F204F1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F204F1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidR="005C1A28">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F204F1" w:rsidP="00B733EF" w:rsidRDefault="00F204F1" w14:paraId="1C761129" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C1A28" w:rsidP="00B733EF" w:rsidRDefault="005C1A28" w14:paraId="5C99D3DD" w14:textId="6A763AB4">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Dokument med känslig information (till exempel avvikelser)</w:t>
@@ -1929,160 +2063,177 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D74B23">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">får skannas och skickas endast under förutsättning att: </w:t>
       </w:r>
       <w:r w:rsidR="00F204F1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidR="00D74B23">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="007A13EA" w:rsidP="00F204F1" w:rsidRDefault="007A13EA" w14:paraId="6326296E" w14:textId="1C1F6CD9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>det skickas från en multifunktionsskrivare med follow-me print-funktion (aktiverad med SITHS-kort)</w:t>
+        <w:t xml:space="preserve">det skickas från en multifunktionsskrivare med follow-me print-funktion (aktiverad med SITHS-kort)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C1A28" w:rsidP="00F204F1" w:rsidRDefault="00F204F1" w14:paraId="7C1A3229" w14:textId="7F07A3DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00D74B23">
         <w:t xml:space="preserve">et skickas till </w:t>
       </w:r>
       <w:r w:rsidRPr="0097425C" w:rsidR="00D74B23">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>din personliga</w:t>
       </w:r>
       <w:r w:rsidR="00D74B23">
         <w:t xml:space="preserve"> regionhalland.se-adress</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D74B23" w:rsidP="00F204F1" w:rsidRDefault="00D74B23" w14:paraId="68AEFE1F" w14:textId="27AB103E">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">e-postmeddelandet och dess bilaga omhändertas så snart som möjligt (flyttats över till annat system). </w:t>
       </w:r>
       <w:r w:rsidR="00F204F1">
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D74B23" w:rsidP="00F204F1" w:rsidRDefault="00F204F1" w14:paraId="70AC8B89" w14:textId="6F235382">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00D74B23">
         <w:t xml:space="preserve">-postmeddelandet raderas i både </w:t>
       </w:r>
       <w:r w:rsidRPr="00F204F1" w:rsidR="00D74B23">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Inkorg</w:t>
       </w:r>
       <w:r w:rsidRPr="00F204F1" w:rsidR="00D74B23">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D74B23">
         <w:t xml:space="preserve">och </w:t>
       </w:r>
       <w:r w:rsidRPr="00F204F1" w:rsidR="00D74B23">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Borttagna objekt</w:t>
       </w:r>
       <w:r w:rsidR="00D74B23">
         <w:t xml:space="preserve"> (papperskorgen) så snart ovanstående är genomfört.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
+      <w:commentRangeEnd w:id="25"/>
+      <w:r w:rsidR="008958A4">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:commentReference w:id="25"/>
+      </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="00E60C8D" w:rsidP="00F27275" w:rsidRDefault="000624F1" w14:paraId="36DB8779" w14:textId="5CEF0F8C">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933341" w:id="20"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc18933341" w:id="26"/>
       <w:r>
         <w:t>Säker e-post</w:t>
       </w:r>
       <w:r w:rsidRPr="00C62C5D" w:rsidR="00AC30AE">
         <w:t/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C7C9A" w:rsidP="00AC30AE" w:rsidRDefault="000624F1" w14:paraId="0F310848" w14:textId="7E29C54A">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Säker e-post innebär att innehållet i en bifogad fil är krypterad och kan bara läsas av de som har lösenordet.</w:t>
       </w:r>
       <w:r w:rsidR="00DF4CC4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000C7C9A">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -2186,55 +2337,92 @@
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00DF4CC4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF4CC4" w:rsidP="00AC30AE" w:rsidRDefault="00DF4CC4" w14:paraId="3D4FDFEB" w14:textId="3C4E047A">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DF4CC4" w:rsidP="00AC30AE" w:rsidRDefault="00DF4CC4" w14:paraId="03C64E84" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="27"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DF4CC4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arkiv &gt; Information &gt; Skydda dokument &gt; Kryptera med lösenord. </w:t>
+        <w:t>Arkiv &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DF4CC4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF4CC4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information &gt; Skydda dokument &gt; Kryptera med lösenord. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DF4CC4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF4CC4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DF4CC4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF4CC4" w:rsidP="00AC30AE" w:rsidRDefault="00DF4CC4" w14:paraId="5758BE6E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DF4CC4" w:rsidP="00AC30AE" w:rsidRDefault="00DF4CC4" w14:paraId="174D7C43" w14:textId="2EEA31B2">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4CC4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Du uppmanas att skapa ett lösenord (starkt) och sedan bekräfta det. När du har lagt till ett lösenord för filen ska du spara filen så att lösenordet träder i kraft.</w:t>
       </w:r>
       <w:r w:rsidR="00291049">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -2284,380 +2472,496 @@
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidRPr="00DF4CC4" w:rsidR="000C7C9A">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000C7C9A">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>till ett krypterat PDF-dokument.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="00291049" w:rsidP="00291049" w:rsidRDefault="00291049" w14:paraId="0860029E" w14:textId="77777777"/>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="002F618E" w:rsidP="000C7C9A" w:rsidRDefault="00291049" w14:paraId="31309E71" w14:textId="4EAE0C03">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Arkiv &gt; Spara som</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="002F618E" w:rsidP="000C7C9A" w:rsidRDefault="002F618E" w14:paraId="305C4280" w14:textId="22BAD511">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62C5D">
         <w:t xml:space="preserve">Välj </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7C9A" w:rsidR="000C7C9A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Filformat: PDF i rullisten</w:t>
       </w:r>
       <w:r w:rsidRPr="000C7C9A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="000C7C9A" w:rsidR="000C7C9A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="000C7C9A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidRPr="000C7C9A" w:rsidR="00D65FE7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="00D65FE7" w:rsidP="000C7C9A" w:rsidRDefault="00D65FE7" w14:paraId="42C951D3" w14:textId="27D21274">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62C5D">
         <w:t xml:space="preserve">Klicka </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7C9A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Alternativ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="00D65FE7" w:rsidP="000C7C9A" w:rsidRDefault="00291049" w14:paraId="3D3C7A9E" w14:textId="05FC6E99">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bocka för </w:t>
       </w:r>
       <w:r w:rsidRPr="000C7C9A" w:rsidR="00D65FE7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Kryptera dokumentet med ett lösenord</w:t>
       </w:r>
       <w:r w:rsidRPr="00C62C5D" w:rsidR="00D65FE7">
         <w:t>, klicka OK</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="00D65FE7" w:rsidP="000C7C9A" w:rsidRDefault="00D65FE7" w14:paraId="1591C84F" w14:textId="78D30B2B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62C5D">
-        <w:t xml:space="preserve">Ange ett starkt lösenord (minst 6 tecken) </w:t>
+        <w:t xml:space="preserve">Ange </w:t>
       </w:r>
       <w:r w:rsidRPr="00C62C5D" w:rsidR="00774F8D">
-        <w:t xml:space="preserve"/>
+        <w:t xml:space="preserve">ett starkt </w:t>
       </w:r>
       <w:r w:rsidR="000C7C9A">
+        <w:t>lösenord (</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="28"/>
+      <w:r w:rsidRPr="005F29E2" w:rsidR="000C7C9A">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:08:00Z" w16du:dateUtc="2025-12-03T09:08:00Z" w:id="29">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t>minst 6 tecken)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F29E2">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:08:00Z" w16du:dateUtc="2025-12-03T09:08:00Z" w:id="30">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00C62C5D">
-        <w:t xml:space="preserve"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="27"/>
+      <w:r w:rsidR="005F29E2">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:commentReference w:id="27"/>
+      </w:r>
+      <w:commentRangeEnd w:id="28"/>
+      <w:r w:rsidR="005F29E2">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:commentReference w:id="28"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="00D65FE7" w:rsidP="00291049" w:rsidRDefault="00D65FE7" w14:paraId="36D483A0" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="1800"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="00FF7BEE" w:rsidP="00291049" w:rsidRDefault="00FF7BEE" w14:paraId="6D9D471F" w14:textId="3C8769C0">
       <w:r w:rsidRPr="00C62C5D">
+        <w:lastRenderedPageBreak/>
         <w:t>Efter det att du har krypterat filen kan du skicka den till mottagaren genom att bifoga filen som bilaga till e-postmeddelandet. Skicka inte lösenordet via e-post.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C7C9A" w:rsidP="00291049" w:rsidRDefault="00FF7BEE" w14:paraId="68F467B5" w14:textId="77777777">
       <w:r w:rsidRPr="00C62C5D">
         <w:t>Dela lösenordet med mottagaren via en separat kanal som till exempel telefon eller sms.</w:t>
       </w:r>
       <w:r w:rsidR="000C7C9A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C7C9A" w:rsidP="00291049" w:rsidRDefault="000C7C9A" w14:paraId="1CC7BC44" w14:textId="77777777"/>
     <w:p w:rsidR="00FF7BEE" w:rsidP="00291049" w:rsidRDefault="000C7C9A" w14:paraId="3263DFA4" w14:textId="2432AA42">
       <w:r w:rsidRPr="000C7C9A">
         <w:t>Förvara lösenordet på ett säkert ställe. Du kan inte återställa eller ta bort lösenordet om du förlorar eller glömmer bort det.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27275" w:rsidP="00291049" w:rsidRDefault="00F27275" w14:paraId="48303C0D" w14:textId="2F1B27D1"/>
-    <w:p w:rsidRPr="00C62C5D" w:rsidR="00F27275" w:rsidP="00291049" w:rsidRDefault="00F27275" w14:paraId="3FD33665" w14:textId="24DAA6BF">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w:rsidRPr="005F29E2" w:rsidR="00F27275" w:rsidP="00291049" w:rsidRDefault="00F27275" w14:paraId="3FD33665" w14:textId="24DAA6BF">
+      <w:pPr>
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:10:00Z" w16du:dateUtc="2025-12-03T09:10:00Z" w:id="31">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F29E2">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:10:00Z" w16du:dateUtc="2025-12-03T09:10:00Z" w:id="32">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t xml:space="preserve">Inkomna e-postbilagor ska alltid skannas manuellt med antivirusprogram</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="33"/>
+      <w:r w:rsidRPr="005F29E2">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:10:00Z" w16du:dateUtc="2025-12-03T09:10:00Z" w:id="34">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00B937A9">
-        <w:t xml:space="preserve"/>
+      <w:commentRangeEnd w:id="33"/>
+      <w:r w:rsidR="005F29E2">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:commentReference w:id="33"/>
+      </w:r>
+      <w:r w:rsidRPr="005F29E2">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:10:00Z" w16du:dateUtc="2025-12-03T09:10:00Z" w:id="35">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t xml:space="preserve"> (McAfee) innan filen öppnas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F29E2">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:10:00Z" w16du:dateUtc="2025-12-03T09:10:00Z" w:id="36">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F29E2">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:10:00Z" w16du:dateUtc="2025-12-03T09:10:00Z" w:id="37">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00AC30AE" w:rsidR="00AC30AE" w:rsidP="00AC30AE" w:rsidRDefault="00AC30AE" w14:paraId="693B533D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00AC30AE" w:rsidR="00F96FC0" w:rsidP="00F96FC0" w:rsidRDefault="00F96FC0" w14:paraId="3BBB822F" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933342" w:id="22"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600404" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc18933342" w:id="39"/>
       <w:r w:rsidRPr="00AC30AE">
         <w:t>Privat e-post</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w:rsidRPr="00F96FC0" w:rsidR="00F96FC0" w:rsidP="00F96FC0" w:rsidRDefault="00F96FC0" w14:paraId="237E206A" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96FC0">
         <w:t xml:space="preserve">Ska undvikas. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F96FC0" w:rsidR="00F96FC0" w:rsidP="00F96FC0" w:rsidRDefault="00F96FC0" w14:paraId="38AE4618" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96FC0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Får inte sparas utan ska snarast möjligt tas bort.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F96FC0" w:rsidR="00F96FC0" w:rsidP="00F96FC0" w:rsidRDefault="00F96FC0" w14:paraId="10C3DA6B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96FC0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Tjänstesignatur får</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96FC0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F96FC0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>aldrig användas när e-postmeddelanden skickas i privata ärenden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F96FC0" w:rsidP="00F96FC0" w:rsidRDefault="00F96FC0" w14:paraId="449EEA3A" w14:textId="167B924E">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="005F29E2" w:rsidR="00F96FC0" w:rsidP="00F96FC0" w:rsidRDefault="00F96FC0" w14:paraId="449EEA3A" w14:textId="167B924E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F96FC0">
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:11:00Z" w16du:dateUtc="2025-12-03T09:11:00Z" w:id="40">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="41"/>
+      <w:r w:rsidRPr="005F29E2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:11:00Z" w16du:dateUtc="2025-12-03T09:11:00Z" w:id="42">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
+          </w:rPrChange>
         </w:rPr>
         <w:t>Kedjebrev är inte tillåtna.</w:t>
       </w:r>
+      <w:commentRangeEnd w:id="41"/>
+      <w:r w:rsidR="005F29E2">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:commentReference w:id="41"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="2C4592A4" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933343" w:id="24"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600405" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc18933343" w:id="44"/>
       <w:r>
         <w:t xml:space="preserve">Automatiska frånvaromeddelanden med textexempel</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED61EB">
         <w:t/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="0417752C" w14:textId="130682F7">
       <w:r>
         <w:t>Vid frånvaro, till exempel semester eller tjänsteresa, ska du skapa ett automatiskt frånvaro-meddelande, som ska innehålla:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B937A9">
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidR="00EB1CA4">
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B937A9">
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidR="00A566C1">
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B937A9">
         <w:t/>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="12F6D96D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Datum när du är anträffbar igen.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="4E2DC29B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Alternativa kontaktvägar för brådskande ärenden.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="4C8F9CFC" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62C5D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Om du läser mejl emellanåt (eller är helt oanträffbar).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="00BC70DF" w:rsidP="000B2710" w:rsidRDefault="00BC70DF" w14:paraId="162DC666" w14:textId="044C68DC">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62C5D">
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -2685,59 +2989,59 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00C62C5D" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="3C863FDF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62C5D">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Informationen ska finnas på både svenska och engelska om du har kontakter utanför Sverige.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="46DF33C1" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="1304"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="007A13EA" w14:paraId="0FA77CBE" w14:textId="38C2EACC">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933344" w:id="26"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600406" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc18933344" w:id="46"/>
       <w:r>
         <w:t>Utlämnande av e-post och e-postloggar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidR="0053371B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0053371B" w:rsidP="000B2710" w:rsidRDefault="00FC3CF2" w14:paraId="3673222C" w14:textId="0E6E380D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">En begäran av e-posthandlingar omfattar vanligtvis många mejl. För att underlätta att efterfrågade mejl lämnas ut lämnas en översiktlig lista (e-postlogg). Utifrån listan väljer beställaren ut vilka specifika e-postmeddelande som ska begäras ut. </w:t>
       </w:r>
       <w:r w:rsidR="00EF6088">
         <w:rPr>
@@ -3016,69 +3320,77 @@
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="003D7D4D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7D4D" w:rsidP="003D7D4D" w:rsidRDefault="003D7D4D" w14:paraId="38B8ED4A" w14:textId="279A5EA8">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Begäran från extern (privatpersoner, företag, journalister etc.) handläggs/beställs av registrator på Regionkontoret</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
       <w:r w:rsidRPr="00CE3D34">
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7D4D" w:rsidP="003D7D4D" w:rsidRDefault="003D7D4D" w14:paraId="2973EF6C" w14:textId="43FB4E80">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Begäran internt (verksamheter inom Region Halland) handläggs/beställs av verksamhetschef/avdelningschef/motsvarande</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE3D34">
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EE6461" w:rsidP="000B2710" w:rsidRDefault="00EE6461" w14:paraId="7BB834C8" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -3112,51 +3424,51 @@
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EE6461" w:rsidP="000B2710" w:rsidRDefault="00EE6461" w14:paraId="48AAB5B4" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0053371B" w:rsidP="0053371B" w:rsidRDefault="00196FF2" w14:paraId="6FC4CEE1" w14:textId="0305515A">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Utdrag av e-postloggar</w:t>
       </w:r>
       <w:r w:rsidR="0053371B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="0053371B" w:rsidP="0053371B" w:rsidRDefault="0053371B" w14:paraId="3242113A" w14:textId="147FCF99">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -3185,517 +3497,811 @@
       <w:r w:rsidRPr="005B3EC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="0053371B" w:rsidP="0053371B" w:rsidRDefault="0053371B" w14:paraId="32788D8C" w14:textId="5ADEA87C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0053371B" w:rsidR="00196FF2" w:rsidP="0053371B" w:rsidRDefault="00196FF2" w14:paraId="2AF27457" w14:textId="772A54BB">
+    <w:p w:rsidRPr="00763D3B" w:rsidR="00196FF2" w:rsidP="0053371B" w:rsidRDefault="00196FF2" w14:paraId="2AF27457" w14:textId="772A54BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:strike/>
+          <w:lang w:eastAsia="en-US"/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="47">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:lang w:eastAsia="en-US"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="48"/>
+      <w:r w:rsidRPr="00763D3B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:strike/>
+          <w:lang w:eastAsia="en-US"/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="49">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:lang w:eastAsia="en-US"/>
+            </w:rPr>
+          </w:rPrChange>
         </w:rPr>
         <w:t>Så här gör du</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00196FF2" w:rsidP="000B2710" w:rsidRDefault="00196FF2" w14:paraId="4590460E" w14:textId="186F51E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00763D3B" w:rsidR="00196FF2" w:rsidP="000B2710" w:rsidRDefault="00196FF2" w14:paraId="4590460E" w14:textId="186F51E4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="50">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00763D3B">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="51">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
         <w:t xml:space="preserve">Sök ut och markera i Outlook de e-postmeddelanden som efterfrågas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00196FF2" w:rsidP="000B2710" w:rsidRDefault="00196FF2" w14:paraId="50C6ADDF" w14:textId="14B0A07F">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00763D3B" w:rsidR="00196FF2" w:rsidP="000B2710" w:rsidRDefault="00196FF2" w14:paraId="50C6ADDF" w14:textId="14B0A07F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="52">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00763D3B">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="53">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
         <w:t>Kopiera genom (Ctrl+C) och klistra in urvalet i Excel.</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00763D3B">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="54">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00763D3B">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="55">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00763D3B" w:rsidR="00196FF2" w:rsidP="00196FF2" w:rsidRDefault="00196FF2" w14:paraId="30016A4B" w14:textId="0940335E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CE3D34">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="56">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00763D3B">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="57">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t xml:space="preserve">E-postloggen ska sekretessprövas innan utlämnande. För hjälp med beslut om ett utlämnande ska göras kan chef ta kontakt med regionjurist.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00763D3B">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="58">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
         <w:t/>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>För hjälp med beslut om ett utlämnande ska göras kan chef ta kontakt med regionjurist.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00763D3B">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w16du:dateUtc="2025-12-03T09:22:00Z" w:id="59">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:commentRangeEnd w:id="48"/>
+      <w:r w:rsidR="00763D3B">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:commentReference w:id="48"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00196FF2" w:rsidP="00196FF2" w:rsidRDefault="00196FF2" w14:paraId="5709DA1D" w14:textId="04E06018"/>
     <w:p w:rsidR="00196FF2" w:rsidP="00196FF2" w:rsidRDefault="00196FF2" w14:paraId="2ED31D5C" w14:textId="595CC149">
       <w:r>
         <w:t xml:space="preserve">Behöver du hjälp med utdraget? </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EA2B78" w:rsidP="00EE6461" w:rsidRDefault="00196FF2" w14:paraId="2BC14EBE" w14:textId="0DEC0BB1">
       <w:r>
         <w:t>Kontakta Servicedesk</w:t>
       </w:r>
       <w:r w:rsidR="00EE6461">
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:bookmarkStart w:name="_Toc472600407" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc472600407" w:id="60"/>
     </w:p>
     <w:p w:rsidRPr="00E60C8D" w:rsidR="00295017" w:rsidP="00295017" w:rsidRDefault="00295017" w14:paraId="397E9236" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0053371B" w:rsidR="007A13EA" w:rsidP="0053371B" w:rsidRDefault="0053371B" w14:paraId="045CD77D" w14:textId="214C2D09">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Utlämnade av e-postmeddelande</w:t>
       </w:r>
       <w:r w:rsidRPr="0053371B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidR="007A13EA" w:rsidP="0053371B" w:rsidRDefault="0053371B" w14:paraId="42D13635" w14:textId="24C60F05">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Vid en begäran om utlämnade av specifikt e-postmeddelande hanteras begäran inom den berörda verksamheten. Före utlämnandet ska e-postmeddelandena sekretessprövas. För hjälp med beslut om ett utlämnande ska göras kan chef ta kontakt med regionjurist.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83D36">
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00F83D36" w:rsidR="00295017">
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidR="00295017">
         <w:t xml:space="preserve"/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00295017">
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00295017">
+        <w:t xml:space="preserve"/>
+      </w:r>
       <w:r w:rsidRPr="00295017" w:rsidR="00295017">
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00295017" w:rsidP="00295017" w:rsidRDefault="00295017" w14:paraId="297C0439" w14:textId="18AD0D3D">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E60C8D">
         <w:t>Se</w:t>
       </w:r>
       <w:r w:rsidRPr="00833B97">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId27">
+      <w:hyperlink w:history="1" r:id="rId30">
         <w:r w:rsidRPr="008D1F1B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Offentlighetsprincipen - introduktion</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="6C5B9F5D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933345" w:id="28"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc18933345" w:id="61"/>
       <w:r w:rsidRPr="000B2710">
         <w:t>Mobil e-post och synkronisering av kalenderfunktion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="11FDB217" w14:textId="3A948D1F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000B2710">
-        <w:t>Endast de tekniska lösningar som IT-service tillhandahåller ska användas vid hantering av e-post, mobil e-post, synkronisering av kalenderfunktion, chattfunktion och motsvarande funktioner.</w:t>
+        <w:t>Endast de tekniska lösningar som IT</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="62"/>
+      <w:r w:rsidRPr="00763D3B" w:rsidR="00C321CA">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:23:00Z" w16du:dateUtc="2025-12-03T09:23:00Z" w:id="63">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t>-service</w:t>
       </w:r>
       <w:r w:rsidR="00C321CA">
-        <w:t xml:space="preserve"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="62"/>
+      <w:r w:rsidR="00763D3B">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:commentReference w:id="62"/>
       </w:r>
       <w:r w:rsidRPr="000B2710">
-        <w:t/>
+        <w:t>tillhandahåller ska användas vid hantering av e-post, mobil e-post, synkronisering av kalenderfunktion, chattfunktion och motsvarande funktioner.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="4CA5E735" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="13A3C7B4" w14:textId="78849889">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933346" w:id="30"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600408" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc18933346" w:id="65"/>
       <w:r w:rsidRPr="000B2710">
         <w:t>Hotelse via e-post</w:t>
       </w:r>
       <w:r w:rsidR="00482080">
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="000B2710">
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:r w:rsidRPr="000B2710">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="0D310A01" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2710">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Hotelser via e-post får inte tas bort, då det kan finnas möjlighet att spåra avsändaren. Kontakta snarast närmaste chef.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="2D597206" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="000F4A65" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="2D597206" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000B2710">
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:29:00Z" w16du:dateUtc="2025-12-03T09:29:00Z" w:id="66">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="67"/>
+      <w:r w:rsidRPr="000F4A65">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-        <w:t>Vidarebefordra inte e-post märkt med virusvarning, om du är osäker ta kontakt med IT-service.</w:t>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:29:00Z" w16du:dateUtc="2025-12-03T09:29:00Z" w:id="68">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t>Vidarebefordra inte e-post märkt med virusvarning, om du är osäker ta kontakt med IT-service</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="69"/>
+      <w:r w:rsidRPr="000F4A65">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:29:00Z" w16du:dateUtc="2025-12-03T09:29:00Z" w:id="70">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:commentRangeEnd w:id="69"/>
+      <w:r w:rsidRPr="000F4A65" w:rsidR="00763D3B">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:29:00Z" w16du:dateUtc="2025-12-03T09:29:00Z" w:id="71">
+            <w:rPr>
+              <w:rStyle w:val="Kommentarsreferens"/>
+              <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+              <w:lang w:eastAsia="sv-SE"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+        <w:commentReference w:id="69"/>
+      </w:r>
+      <w:r w:rsidRPr="000F4A65">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:29:00Z" w16du:dateUtc="2025-12-03T09:29:00Z" w:id="72">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="67"/>
+      <w:r w:rsidR="000F4A65">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:commentReference w:id="67"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="5B7829B8" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933347" w:id="32"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600409" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc18933347" w:id="74"/>
       <w:r w:rsidRPr="000B2710">
         <w:t>Misstänkt suspekt e-post</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="2BE55402" w14:textId="677D298E">
+      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="2BE55402" w14:textId="44741019">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="000B2710">
-        <w:t>E-post med suspekt ämnesrad eller avsändare bör behandlas med försiktighet, särskilt om det innehåller bifogade filer. Öppna inte meddelandet utan kontakta IT-service.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C321CA">
+        <w:t xml:space="preserve">E-post med suspekt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t>ämnesrad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t xml:space="preserve"> eller avsändare bör behandlas med försiktighet, särskilt om det innehåller bifogade filer. Öppna inte meddelandet</w:t>
+      </w:r>
+      <w:ins w:author="Håkan Wänlund" w:date="2025-12-03T10:26:00Z" w16du:dateUtc="2025-12-03T09:26:00Z" w:id="75">
+        <w:r w:rsidR="00763D3B">
+          <w:t>,</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="000B2710">
+        <w:t xml:space="preserve"> utan kontakta IT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763D3B" w:rsidR="00C321CA">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:26:00Z" w16du:dateUtc="2025-12-03T09:26:00Z" w:id="76">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t>-service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763D3B">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:26:00Z" w16du:dateUtc="2025-12-03T09:26:00Z" w:id="77">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="000B2710">
-        <w:t/>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="46F3424E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2710">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Missbruk av e-postsystemet eller misstanke om brott</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="000B2710" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="7D437C01" w14:textId="6464E78F">
+        <w:t xml:space="preserve">Missbruk av e-postsystemet eller misstanke om brott</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F4A65" w:rsidR="000B2710" w:rsidP="000B2710" w:rsidRDefault="000B2710" w14:paraId="7D437C01" w14:textId="6464E78F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:30:00Z" w16du:dateUtc="2025-12-03T09:30:00Z" w:id="78">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2710">
-        <w:t xml:space="preserve">Vid misstanke om brott eller om medarbetare missbrukar Region Hallands e-postsystem ska närmaste chef anmäla detta till sin närmaste chef, förvaltningens informationssäkerhets-samordnare och till regionens it-säkerhetsansvarig på IT-service. Vid misstanke om missbruk av e-postsystemet eller vid misstanke om brott ska en teknisk utredning genomföras på IT-service. </w:t>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="_Toc472600410" w:id="33"/>
+        <w:t xml:space="preserve">Vid misstanke om brott eller om medarbetare missbrukar Region Hallands </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t>e-postsystem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t xml:space="preserve"> ska närmaste chef anmäla detta till sin närmaste chef, förvaltningens </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t>informationssäkerhets-samordnare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t xml:space="preserve"> och till regionens </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t>it-säkerhetsansvarig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t xml:space="preserve"> på IT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4A65">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:30:00Z" w16du:dateUtc="2025-12-03T09:30:00Z" w:id="79">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t>-service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2710">
+        <w:t xml:space="preserve">. Vid misstanke om missbruk av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t>e-postsystemet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2710">
+        <w:t xml:space="preserve"> eller vid misstanke om brott ska en teknisk utredning genomföras på IT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4A65">
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:30:00Z" w16du:dateUtc="2025-12-03T09:30:00Z" w:id="80">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:t xml:space="preserve">-service. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F4A65" w:rsidR="005C1C1C" w:rsidP="00166754" w:rsidRDefault="005C1C1C" w14:paraId="211F40CC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:strike/>
+          <w:rPrChange w:author="Håkan Wänlund" w:date="2025-12-03T10:30:00Z" w16du:dateUtc="2025-12-03T09:30:00Z" w:id="81">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600410" w:id="82"/>
     </w:p>
     <w:p w:rsidRPr="002D35D8" w:rsidR="00166754" w:rsidP="00166754" w:rsidRDefault="00166754" w14:paraId="3DAA607F" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933348" w:id="34"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc18933348" w:id="83"/>
       <w:r w:rsidRPr="002D35D8">
         <w:t>Avslut av e-postlåda</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="00166754" w:rsidP="00166754" w:rsidRDefault="00166754" w14:paraId="4C44C6D8" w14:textId="6537F266">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166754">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">När personal/uppdragstagare avslutas i Hallandskatalogen (HAK) avslutas </w:t>
       </w:r>
       <w:r w:rsidRPr="00166754">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br/>
         <w:t>e-postlåd</w:t>
       </w:r>
       <w:r w:rsidR="00F40614">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>an.</w:t>
       </w:r>
       <w:r w:rsidRPr="00166754">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid flytt inom Region Halland följer e-postlådan med och behöver inte tömmas. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00166754" w:rsidP="00166754" w:rsidRDefault="00166754" w14:paraId="058D3D17" w14:textId="78D7D42A">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Den som slutar ska säkra hanteringen av allmänna handlingar och ska ha tömt sin e-postlåda dagen innan anställningen/uppdraget upphör, se </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId28">
+      <w:hyperlink w:history="1" r:id="rId31">
         <w:r w:rsidRPr="00BB13E6">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>Avslutad anställning –checklista informationssäkerhet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002C18B4" w:rsidR="00982B59" w:rsidP="00982B59" w:rsidRDefault="00982B59" w14:paraId="54EA66A6" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc18933349" w:id="36"/>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc472600411" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc18933349" w:id="85"/>
       <w:r w:rsidRPr="002C18B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Bilaga</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
     </w:p>
     <w:p w:rsidRPr="00B937A9" w:rsidR="00982B59" w:rsidP="00982B59" w:rsidRDefault="00982B59" w14:paraId="3F70C1C6" w14:textId="69A9663B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B937A9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga 1: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId29">
+      <w:hyperlink w:history="1" r:id="rId32">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Inloggningsuppgifter -</w:t>
         </w:r>
         <w:r w:rsidRPr="00B937A9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> beslut om nollställning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00982B59" w:rsidP="00E60C8D" w:rsidRDefault="00982B59" w14:paraId="4E740B82" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F27275" w:rsidR="006C4A08" w:rsidP="006C4A08" w:rsidRDefault="006C4A08" w14:paraId="0271F9A8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -3711,287 +4317,1225 @@
         <w:gridCol w:w="9288"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="00F27275" w:rsidR="00F27275" w:rsidTr="00F83D36" w14:paraId="7B4C6EA4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="905"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27275" w:rsidR="006C4A08" w:rsidP="006C4A08" w:rsidRDefault="006C4A08" w14:paraId="69834372" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc338760458" w:id="37"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc338760604" w:id="40"/>
+            <w:bookmarkStart w:name="_Toc338760458" w:id="86"/>
+            <w:bookmarkStart w:name="_Toc338760522" w:id="87"/>
+            <w:bookmarkStart w:name="_Toc338760588" w:id="88"/>
+            <w:bookmarkStart w:name="_Toc338760604" w:id="89"/>
             <w:r w:rsidRPr="00F27275">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
               </w:rPr>
               <w:t>Uppdaterat från föregående version</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="86"/>
+            <w:bookmarkEnd w:id="87"/>
+            <w:bookmarkEnd w:id="88"/>
+            <w:bookmarkEnd w:id="89"/>
           </w:p>
           <w:p w:rsidRPr="00F27275" w:rsidR="00C96F3E" w:rsidP="00290E71" w:rsidRDefault="00C96F3E" w14:paraId="29C8114D" w14:textId="489D8917">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F27275">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ersätter</w:t>
             </w:r>
             <w:r w:rsidR="00C932C7">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00290E71">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2020-12-18 Tagit bort G:, kompletterat om sekretess.</w:t>
             </w:r>
             <w:r w:rsidR="0097425C">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0097425C">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t/>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0097425C">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00F27275" w:rsidR="006C4A08" w:rsidP="006C4A08" w:rsidRDefault="006C4A08" w14:paraId="3E3D8835" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F27275" w:rsidR="006C4A08" w:rsidP="00332D94" w:rsidRDefault="006C4A08" w14:paraId="599F3231" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00F27275" w:rsidR="006C4A08" w:rsidSect="00EA3323">
-      <w:headerReference w:type="even" r:id="rId30"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId35"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
+      <w:headerReference w:type="even" r:id="Rcac40bd300bd44cd"/>
+      <w:headerReference w:type="default" r:id="R4518da7e54c54abf"/>
+      <w:headerReference w:type="first" r:id="Ra502699c88384694"/>
+      <w:footerReference w:type="even" r:id="R8d741a1726714e7b"/>
+      <w:footerReference w:type="default" r:id="Rd907fd59cbe0443a"/>
+      <w:footerReference w:type="first" r:id="Rb76e6478614147fe"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="7" w:author="Håkan Wänlund" w:date="2025-12-03T09:47:00Z" w:initials="HW">
+    <w:p w14:paraId="652366D0" w14:textId="77777777" w:rsidR="002C1BE5" w:rsidRDefault="002C1BE5" w:rsidP="002C1BE5">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Denna instruktion är gångbar både internt och externt</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="8" w:author="Håkan Wänlund" w:date="2025-12-03T09:50:00Z" w:initials="HW">
+    <w:p w14:paraId="1EC3054A" w14:textId="77777777" w:rsidR="002C1BE5" w:rsidRDefault="002C1BE5" w:rsidP="002C1BE5">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Är hanteringen av inkommen patientinformation i journal korrekt? Ska det verkligen hanteras på papper i pärm? Ligger utanför vårt scope.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="17" w:author="Håkan Wänlund" w:date="2025-12-03T09:54:00Z" w:initials="HW">
+    <w:p w14:paraId="3C2B8660" w14:textId="77777777" w:rsidR="002C1BE5" w:rsidRDefault="002C1BE5" w:rsidP="002C1BE5">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Uppdaterad länk</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="18" w:author="Håkan Wänlund" w:date="2025-12-03T09:55:00Z" w:initials="HW">
+    <w:p w14:paraId="21A5C353" w14:textId="77777777" w:rsidR="002C1BE5" w:rsidRDefault="002C1BE5" w:rsidP="002C1BE5">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Uppdaterat länk</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="23" w:author="Håkan Wänlund" w:date="2025-12-03T09:59:00Z" w:initials="HW">
+    <w:p w14:paraId="6039DF3F" w14:textId="77777777" w:rsidR="008958A4" w:rsidRDefault="008958A4" w:rsidP="008958A4">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Vore bra om infosäk kollar att detta är korrekt då det ligger lite utanför vår kompetens</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="25" w:author="Håkan Wänlund" w:date="2025-12-03T10:04:00Z" w:initials="HW">
+    <w:p w14:paraId="3AFDD583" w14:textId="77777777" w:rsidR="008958A4" w:rsidRDefault="008958A4" w:rsidP="008958A4">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Vi funderar kring om detta verkligen är tillåtet nu när vi flyttat vår mailserver till molnet? Innan lämnade ju mailet aldrig vår fysiska miljö med beskrivet arbetssätt. Men nu hamnar det i molnet med beskrivet arbetssätt innan det omhändertas. Kan infosäk kommentera?</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="27" w:author="Håkan Wänlund" w:date="2025-12-03T10:08:00Z" w:initials="HW">
+    <w:p w14:paraId="30B6ADB6" w14:textId="77777777" w:rsidR="005F29E2" w:rsidRDefault="005F29E2" w:rsidP="005F29E2">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ska verkligen sådan här ”hands-on” information finnas i en rutin? Risken finns att handhavandet ändras när som helst. </w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="28" w:author="Håkan Wänlund" w:date="2025-12-03T10:09:00Z" w:initials="HW">
+    <w:p w14:paraId="7D3DAC36" w14:textId="77777777" w:rsidR="005F29E2" w:rsidRDefault="005F29E2" w:rsidP="005F29E2">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Om informationen skall ligga här så bör 6 tecken tas bort då nya rekommendationer förespråkar längre lösenord, fn minst 12 tecken</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="33" w:author="Håkan Wänlund" w:date="2025-12-03T10:11:00Z" w:initials="HW">
+    <w:p w14:paraId="5EC5B4E4" w14:textId="77777777" w:rsidR="005F29E2" w:rsidRDefault="005F29E2" w:rsidP="005F29E2">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Inte relevant längre. TA bort!</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="41" w:author="Håkan Wänlund" w:date="2025-12-03T10:12:00Z" w:initials="HW">
+    <w:p w14:paraId="51B67F6B" w14:textId="77777777" w:rsidR="005F29E2" w:rsidRDefault="005F29E2" w:rsidP="005F29E2">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Inte relevant, ta bort</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="48" w:author="Håkan Wänlund" w:date="2025-12-03T10:22:00Z" w:initials="HW">
+    <w:p w14:paraId="22CE755F" w14:textId="77777777" w:rsidR="00763D3B" w:rsidRDefault="00763D3B" w:rsidP="00763D3B">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Ta bort instruktion för hur, passar ej i rutin och bör kanske inte heller göras av berörd person</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="62" w:author="Håkan Wänlund" w:date="2025-12-03T10:24:00Z" w:initials="HW">
+    <w:p w14:paraId="2529B8FF" w14:textId="77777777" w:rsidR="00763D3B" w:rsidRDefault="00763D3B" w:rsidP="00763D3B">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Ta bort IT Service. Bara IT är mer tidsbeständigt</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="69" w:author="Håkan Wänlund" w:date="2025-12-03T10:25:00Z" w:initials="HW">
+    <w:p w14:paraId="20F2AE86" w14:textId="77777777" w:rsidR="00763D3B" w:rsidRDefault="00763D3B" w:rsidP="00763D3B">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Ta bort, ersätt med bara IT</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="67" w:author="Håkan Wänlund" w:date="2025-12-03T10:29:00Z" w:initials="HW">
+    <w:p w14:paraId="36F9DB11" w14:textId="77777777" w:rsidR="000F4A65" w:rsidRDefault="000F4A65" w:rsidP="000F4A65">
+      <w:pPr>
+        <w:pStyle w:val="Kommentarer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Ta bort, fungerar inte så längre</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="652366D0" w15:done="0"/>
+  <w15:commentEx w15:paraId="1EC3054A" w15:done="0"/>
+  <w15:commentEx w15:paraId="3C2B8660" w15:done="0"/>
+  <w15:commentEx w15:paraId="21A5C353" w15:done="0"/>
+  <w15:commentEx w15:paraId="6039DF3F" w15:done="0"/>
+  <w15:commentEx w15:paraId="3AFDD583" w15:done="0"/>
+  <w15:commentEx w15:paraId="30B6ADB6" w15:done="0"/>
+  <w15:commentEx w15:paraId="7D3DAC36" w15:done="0"/>
+  <w15:commentEx w15:paraId="5EC5B4E4" w15:done="0"/>
+  <w15:commentEx w15:paraId="51B67F6B" w15:done="0"/>
+  <w15:commentEx w15:paraId="22CE755F" w15:done="0"/>
+  <w15:commentEx w15:paraId="2529B8FF" w15:done="0"/>
+  <w15:commentEx w15:paraId="20F2AE86" w15:done="0"/>
+  <w15:commentEx w15:paraId="36F9DB11" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="7EBEFE68" w16cex:dateUtc="2025-12-03T08:47:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="2E0BE397" w16cex:dateUtc="2025-12-03T08:50:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="099DFB7C" w16cex:dateUtc="2025-12-03T08:54:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="55E8C036" w16cex:dateUtc="2025-12-03T08:55:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="165B56A9" w16cex:dateUtc="2025-12-03T08:59:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="4833D10E" w16cex:dateUtc="2025-12-03T09:04:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="2EB524CA" w16cex:dateUtc="2025-12-03T09:08:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="06B06403" w16cex:dateUtc="2025-12-03T09:09:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="7BE986A4" w16cex:dateUtc="2025-12-03T09:11:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="7EBE8A9D" w16cex:dateUtc="2025-12-03T09:12:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="71CDE4E4" w16cex:dateUtc="2025-12-03T09:22:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="6A68D7F5" w16cex:dateUtc="2025-12-03T09:24:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="0667D923" w16cex:dateUtc="2025-12-03T09:25:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="17DA93C5" w16cex:dateUtc="2025-12-03T09:29:00Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="652366D0" w16cid:durableId="7EBEFE68"/>
+  <w16cid:commentId w16cid:paraId="1EC3054A" w16cid:durableId="2E0BE397"/>
+  <w16cid:commentId w16cid:paraId="3C2B8660" w16cid:durableId="099DFB7C"/>
+  <w16cid:commentId w16cid:paraId="21A5C353" w16cid:durableId="55E8C036"/>
+  <w16cid:commentId w16cid:paraId="6039DF3F" w16cid:durableId="165B56A9"/>
+  <w16cid:commentId w16cid:paraId="3AFDD583" w16cid:durableId="4833D10E"/>
+  <w16cid:commentId w16cid:paraId="30B6ADB6" w16cid:durableId="2EB524CA"/>
+  <w16cid:commentId w16cid:paraId="7D3DAC36" w16cid:durableId="06B06403"/>
+  <w16cid:commentId w16cid:paraId="5EC5B4E4" w16cid:durableId="7BE986A4"/>
+  <w16cid:commentId w16cid:paraId="51B67F6B" w16cid:durableId="7EBE8A9D"/>
+  <w16cid:commentId w16cid:paraId="22CE755F" w16cid:durableId="71CDE4E4"/>
+  <w16cid:commentId w16cid:paraId="2529B8FF" w16cid:durableId="6A68D7F5"/>
+  <w16cid:commentId w16cid:paraId="20F2AE86" w16cid:durableId="0667D923"/>
+  <w16cid:commentId w16cid:paraId="36F9DB11" w16cid:durableId="17DA93C5"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6031DE9C" w14:textId="77777777" w:rsidR="00CC5EBE" w:rsidRDefault="00CC5EBE" w:rsidP="00332D94">
+    <w:p w14:paraId="5A2CF013" w14:textId="77777777" w:rsidR="00AA35D5" w:rsidRDefault="00AA35D5" w:rsidP="00332D94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56AA1CF2" w14:textId="77777777" w:rsidR="00CC5EBE" w:rsidRDefault="00CC5EBE" w:rsidP="00332D94">
+    <w:p w14:paraId="4F5F7D95" w14:textId="77777777" w:rsidR="00AA35D5" w:rsidRDefault="00AA35D5" w:rsidP="00332D94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="58AA8C0E" w14:textId="77777777" w:rsidR="00244BD2" w:rsidRDefault="00244BD2"/>
+    <w:p w14:paraId="445F5477" w14:textId="77777777" w:rsidR="00AA35D5" w:rsidRDefault="00AA35D5"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00FE4EA4" w:rsidRDefault="006C6C67" w14:paraId="38BCCB84" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="38BCCB84" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer10.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EAE4D8" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="0917D166" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Rutin: E-post</w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidRPr="00A26938" w:rsidR="00503BEF" w:rsidP="000D6F1B" w:rsidRDefault="00503BEF" w14:paraId="70DA62BB" w14:textId="71C8E64E">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00480FD1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>RH-9790</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00480FD1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00480FD1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="050A9460" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="5843C2BF" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2B59EE43" w14:textId="55276C7F">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Fastställd av: Avdelningschef, Publicerad: 2021-11-30</w:t>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="002C73BB" w:rsidR="004300A4">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="3416583C" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="19CABEE9" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="3A930822" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Wänlund Håkan RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="35ABC5A9" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00AB2F14" w:rsidRDefault="00AB2F14" w14:paraId="7A79DF76" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w:rsidR="008B0B3E" w:rsidRDefault="006C6C67" w14:paraId="3B64E7AD" w14:textId="77777777">
+<file path=word/footer11.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00256277" w:rsidRDefault="00256277" w14:paraId="52C2877E" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7083"/>
       <w:gridCol w:w="1933"/>
     </w:tblGrid>
+    <w:tr w:rsidR="00256277" w:rsidTr="6ADD2419" w14:paraId="79FABAD7" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="00256277" w:rsidP="0086669C" w:rsidRDefault="00256277" w14:paraId="1D88E715" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Rutin: E-post</w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidRPr="00A26938" w:rsidR="00503BEF" w:rsidP="0086669C" w:rsidRDefault="00503BEF" w14:paraId="0BD4DF7E" w14:textId="2815C0A9">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00480FD1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>RH-9790</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00480FD1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00480FD1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="00256277" w:rsidP="0086669C" w:rsidRDefault="00256277" w14:paraId="008E9BC6" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00256277" w:rsidTr="6ADD2419" w14:paraId="55429160" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="00256277" w:rsidP="0086669C" w:rsidRDefault="00256277" w14:paraId="22DEC7FD" w14:textId="069A1002">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Fastställd av: Avdelningschef, Publicerad: 2021-11-30</w:t>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="002C73BB" w:rsidR="004300A4">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00256277" w:rsidP="0086669C" w:rsidRDefault="00256277" w14:paraId="57AAF9EB" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00256277" w:rsidTr="6ADD2419" w14:paraId="0B40B905" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="00256277" w:rsidP="0086669C" w:rsidRDefault="00256277" w14:paraId="75CFE404" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Wänlund Håkan RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00256277" w:rsidP="0086669C" w:rsidRDefault="00256277" w14:paraId="436B6CFB" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="6ADD2419" w:rsidTr="6ADD2419" w14:paraId="550AF147">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6ADD2419" w:rsidP="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="269A7641" w14:textId="749FE369">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Medförfattare: </w:t>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6ADD2419" w:rsidP="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="5FD14B47" w14:textId="56B3062C">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00256277" w:rsidRDefault="00256277" w14:paraId="4D06B481" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer12.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00AB2F14" w:rsidRDefault="00AB2F14" w14:paraId="4BD167EF" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="3B64E7AD" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabellrutnt"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="169B2237" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="3D266039" w14:textId="77777777">
+        <w:p w:rsidRPr="00A26938" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="3D266039" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00730DA5">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Rutin: E-post</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="04464393" w14:textId="77777777">
+        <w:p w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="04464393" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Sida </w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
@@ -4033,194 +5577,1492 @@
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="049BA934" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00730DA5" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="587C5A37" w14:textId="770834EF">
+        <w:p w:rsidRPr="00730DA5" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="587C5A37" w14:textId="770834EF">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Fastställd av: Regional Säkerhetsansvarig, Publicerad: 2021-11-30</w:t>
-          </w:r>
+            <w:t>Fastställd av: Avdelningschef, Publicerad: 2021-11-30</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="002C73BB">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="006C6C67" w14:paraId="359DDFB3" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="00F36550" w14:paraId="359DDFB3" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="450F38E4" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="37904626" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="62B6D4D4" w14:textId="77777777">
+        <w:p w:rsidRPr="37904626" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="62B6D4D4" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Huvudförfattare: Pettersson Hans RK</w:t>
-          </w:r>
+            <w:t xml:space="preserve">Huvudförfattare: Wänlund Håkan RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="001E66B2">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="006C6C67" w14:paraId="1B0FB7E9" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="00F36550" w14:paraId="1B0FB7E9" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="0086669C" w:rsidRDefault="006C6C67" w14:paraId="3D4C8F68" w14:textId="77777777">
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="3D4C8F68" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabellrutnt"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="283D25F8" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00A26938" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="20748AEE" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Rutin: E-post</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="320295E4" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="4CE66246" w14:textId="05F0BAC6">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Fastställd av: Avdelningschef, Publicerad: 2021-11-30</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="002C73BB">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="00F36550" w14:paraId="3D5506B3" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="0A90BD92" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="41CB39C8" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Wänlund Håkan RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="00F36550" w14:paraId="2C7473F1" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="2E4ECF54" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabellrutnt"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EAE4D8" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00A26938" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="70DA62BB" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Rutin: E-post</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="050A9460" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="5843C2BF" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="2B59EE43" w14:textId="55276C7F">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Fastställd av: Avdelningschef, Publicerad: 2021-11-30</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="002C73BB">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="00F36550" w14:paraId="3416583C" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="19CABEE9" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="3A930822" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Wänlund Håkan RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="00F36550" w14:paraId="35ABC5A9" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="7A79DF76" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="52C2877E" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabellrutnt"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00256277" w:rsidTr="00220BF1" w14:paraId="79FABAD7" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00A26938" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="0BD4DF7E" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Rutin: E-post</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="008E9BC6" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00256277" w:rsidTr="00220BF1" w14:paraId="55429160" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="22DEC7FD" w14:textId="069A1002">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Fastställd av: Avdelningschef, Publicerad: 2021-11-30</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="002C73BB">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="00F36550" w14:paraId="57AAF9EB" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00256277" w:rsidTr="00220BF1" w14:paraId="0B40B905" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="75CFE404" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Wänlund Håkan RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00F36550" w:rsidP="0086669C" w:rsidRDefault="00F36550" w14:paraId="436B6CFB" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Sidfot"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="4D06B481" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="4BD167EF" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00FE4EA4" w:rsidRDefault="00FE4EA4" w14:paraId="38BCCB84" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="3B64E7AD" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="0086669C" w:rsidTr="6ADD2419" w14:paraId="169B2237" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="1E4DF7B9" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Rutin: E-post</w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidRPr="00A26938" w:rsidR="00503BEF" w:rsidP="0086669C" w:rsidRDefault="00503BEF" w14:paraId="3D266039" w14:textId="30252549">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00480FD1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>RH-9790</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00480FD1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00480FD1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="04464393" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="0086669C" w:rsidTr="6ADD2419" w14:paraId="049BA934" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="587C5A37" w14:textId="770834EF">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Fastställd av: Avdelningschef, Publicerad: 2021-11-30</w:t>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="008F25CD">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="002C73BB" w:rsidR="008F25CD">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="008F25CD">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="359DDFB3" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="0086669C" w:rsidTr="6ADD2419" w14:paraId="450F38E4" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="62B6D4D4" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Wänlund Håkan RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="1B0FB7E9" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="6ADD2419" w:rsidTr="6ADD2419" w14:paraId="0AEDD294">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6ADD2419" w:rsidP="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="75B77C63" w14:textId="1C2F470F">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:tabs>
+              <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+              <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+            </w:tabs>
+            <w:rPr>
+              <w:noProof w:val="0"/>
+              <w:lang w:val="sv-SE"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:caps w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:noProof w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="sv-SE"/>
+            </w:rPr>
+            <w:t>Medförfattare: </w:t>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:caps w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:noProof w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="sv-SE"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:caps w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:noProof w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="sv-SE"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="6ADD2419" w:rsidP="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="03CA8F4E" w14:textId="4AACA0EF">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="0086669C" w:rsidRDefault="0086669C" w14:paraId="3D4C8F68" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7083"/>
       <w:gridCol w:w="1933"/>
     </w:tblGrid>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="283D25F8" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="20748AEE" w14:textId="77777777">
+        <w:p w:rsidRPr="00A26938" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="20748AEE" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00730DA5">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Rutin: E-post</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="320295E4" w14:textId="77777777">
+        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="320295E4" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Sida </w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
@@ -4264,717 +7106,616 @@
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="4CE66246" w14:textId="05F0BAC6">
+        <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="4CE66246" w14:textId="05F0BAC6">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Fastställd av: Regional Säkerhetsansvarig, Publicerad: 2021-11-30</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="002C73BB">
+            <w:t xml:space="preserve">Fastställd av: Avdelningschef, Publicerad: 2021-11-30</w:t>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
-          <w:r w:rsidRPr="37904626">
+          <w:r w:rsidRPr="002C73BB" w:rsidR="004300A4">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006C6C67" w14:paraId="3D5506B3" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="3D5506B3" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="0A90BD92" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="37904626" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="41CB39C8" w14:textId="77777777">
+        <w:p w:rsidRPr="37904626" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="41CB39C8" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Huvudförfattare: Pettersson Hans RK</w:t>
+            <w:t xml:space="preserve">Huvudförfattare: Wänlund Håkan RK</w:t>
           </w:r>
           <w:r w:rsidRPr="001E66B2">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006C6C67" w14:paraId="2C7473F1" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2C7473F1" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="000D6F1B" w:rsidRDefault="006C6C67" w14:paraId="2E4ECF54" w14:textId="77777777">
+  <w:p w:rsidR="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2E4ECF54" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6C7C302A" w14:textId="77777777" w:rsidR="00AA35D5" w:rsidRDefault="00AA35D5" w:rsidP="00332D94">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="76F5E07F" w14:textId="77777777" w:rsidR="00AA35D5" w:rsidRDefault="00AA35D5" w:rsidP="00332D94">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="4311F218" w14:textId="77777777" w:rsidR="00AA35D5" w:rsidRDefault="00AA35D5"/>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="5EE4EA23" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header10.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
-      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="7083"/>
-      <w:gridCol w:w="1933"/>
+      <w:gridCol w:w="4508"/>
+      <w:gridCol w:w="4508"/>
     </w:tblGrid>
-    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EAE4D8" w14:textId="77777777">
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="07D598F5" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="841"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="70DA62BB" w14:textId="77777777">
+        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="101B0AFB" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="Header"/>
           </w:pPr>
-          <w:r w:rsidRPr="00730DA5">
-[...3 lines deleted...]
-            <w:t>Rutin: E-post</w:t>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Gäller för:</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Region Halland</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="050A9460" w14:textId="77777777">
+        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="7880FF78" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CE3B56">
-[...22 lines deleted...]
-          </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
-              <w:sz w:val="20"/>
-[...138 lines deleted...]
-          </w:pPr>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="285993F2" wp14:editId="0F8D7373">
+                <wp:extent cx="1571625" cy="438150"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:docPr id="3" name="Bildobjekt 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="logo.gif"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1571625" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00AB2F14" w:rsidRDefault="006C6C67" w14:paraId="7A79DF76" w14:textId="77777777">
+  <w:p w:rsidRPr="000D6F1B" w:rsidR="00AB2F14" w:rsidP="000D6F1B" w:rsidRDefault="00AB2F14" w14:paraId="503DB203" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header11.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="6ADD2419" w:rsidP="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="333BAC54" w14:textId="44FF5592">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="sv-SE"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="sv-SE"/>
+      </w:rPr>
+      <w:t xml:space="preserve">OBS! Utskriven version kan vara inaktuell. </w:t>
+    </w:r>
   </w:p>
-</w:ftr>
-[...4 lines deleted...]
-  <w:p w:rsidR="00256277" w:rsidRDefault="006C6C67" w14:paraId="52C2877E" w14:textId="77777777">
+  <w:p w:rsidR="6ADD2419" w:rsidP="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="15FD38C3" w14:textId="2C6E37B7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="sv-SE"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="sv-SE"/>
+      </w:rPr>
+      <w:t>Senaste versionen hittar du via intranätet under "styrande dokument" eller vårdgivarwebben.</w:t>
+    </w:r>
   </w:p>
+  <w:p w:rsidR="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="7D6CE74D" w14:textId="6ED35BA8"/>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
-      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="7083"/>
-      <w:gridCol w:w="1933"/>
+      <w:gridCol w:w="4508"/>
+      <w:gridCol w:w="4508"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00256277" w:rsidTr="00220BF1" w14:paraId="79FABAD7" w14:textId="77777777">
+    <w:tr w:rsidR="00A82C54" w:rsidTr="6ADD2419" w14:paraId="0B7FF1AA" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="841"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="7083" w:type="dxa"/>
+          <w:tcW w:w="4508" w:type="dxa"/>
+          <w:tcMar/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="00256277" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="0BD4DF7E" w14:textId="77777777">
+        <w:p w:rsidR="00A82C54" w:rsidP="6ADD2419" w:rsidRDefault="00A82C54" w14:paraId="2A0EA42E" w14:textId="77777777" w14:noSpellErr="1">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
-[...2 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:before="240" w:beforeAutospacing="off"/>
           </w:pPr>
-          <w:r w:rsidRPr="00730DA5">
-[...3 lines deleted...]
-            <w:t>Rutin: E-post</w:t>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Gäller för:</w:t>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Region Halland</w:t>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1933" w:type="dxa"/>
+          <w:tcW w:w="4508" w:type="dxa"/>
+          <w:tcMar/>
         </w:tcPr>
-        <w:p w:rsidR="00256277" w:rsidP="0086669C" w:rsidRDefault="006A0B7D" w14:paraId="008E9BC6" w14:textId="77777777">
+        <w:p w:rsidR="00A82C54" w:rsidP="00E219F1" w:rsidRDefault="00A82C54" w14:paraId="0EBD33FC" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
           </w:pPr>
-          <w:r w:rsidRPr="00CE3B56">
-[...22 lines deleted...]
-          </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
-              <w:sz w:val="20"/>
-[...138 lines deleted...]
-          </w:pPr>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CF52D9F" wp14:editId="14E43044">
+                <wp:extent cx="1571625" cy="438150"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:docPr id="1" name="Bildobjekt 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="logo.gif"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1571625" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00256277" w:rsidRDefault="006C6C67" w14:paraId="4D06B481" w14:textId="77777777">
+  <w:p w:rsidR="00A82C54" w:rsidP="00E219F1" w:rsidRDefault="00A82C54" w14:paraId="4666B331" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-</w:ftr>
+</w:hdr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-  <w:p w:rsidR="00FE4EA4" w:rsidRDefault="006C6C67" w14:paraId="5EE4EA23" w14:textId="77777777">
+<file path=word/header12.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00AB2F14" w:rsidRDefault="00AB2F14" w14:paraId="2FC20B86" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E219F1" w:rsidTr="00220BF1" w14:paraId="46B1816B" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00E219F1" w:rsidP="00E219F1" w:rsidRDefault="006A0B7D" w14:paraId="7737927F" w14:textId="77777777">
+        <w:p w:rsidR="00F36550" w:rsidP="00E219F1" w:rsidRDefault="006A0B7D" w14:paraId="7737927F" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Region Halland</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00E219F1" w:rsidP="00E219F1" w:rsidRDefault="006A0B7D" w14:paraId="29FC14AA" w14:textId="77777777">
+        <w:p w:rsidR="00F36550" w:rsidP="00E219F1" w:rsidRDefault="006A0B7D" w14:paraId="29FC14AA" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22BEC089" wp14:editId="0AED195F">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="43" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -4983,120 +7724,134 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00A479E9" w:rsidP="00E219F1" w:rsidRDefault="006C6C67" w14:paraId="1601A7BD" w14:textId="77777777">
+  <w:p w:rsidR="00F36550" w:rsidP="00E219F1" w:rsidRDefault="00F36550" w14:paraId="1601A7BD" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="1E211FE8" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="19A9EEB7" w14:textId="77777777">
+        <w:p w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="19A9EEB7" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Region Halland</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="2737AE29" w14:textId="77777777">
+        <w:p w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="2737AE29" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77D1C5EB" wp14:editId="45A2C2E1">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="2" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -5105,120 +7860,134 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="008B0B3E" w:rsidRDefault="006C6C67" w14:paraId="2FC22883" w14:textId="77777777">
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="2FC22883" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="07D598F5" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="101B0AFB" w14:textId="77777777">
+        <w:p w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="101B0AFB" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Region Halland</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="7880FF78" w14:textId="77777777">
+        <w:p w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="006A0B7D" w14:paraId="7880FF78" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="285993F2" wp14:editId="0F8D7373">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="3" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -5227,120 +7996,134 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidRPr="000D6F1B" w:rsidR="00AB2F14" w:rsidP="000D6F1B" w:rsidRDefault="006C6C67" w14:paraId="503DB203" w14:textId="77777777">
+  <w:p w:rsidRPr="000D6F1B" w:rsidR="00F36550" w:rsidP="000D6F1B" w:rsidRDefault="00F36550" w14:paraId="503DB203" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A82C54" w:rsidTr="00220BF1" w14:paraId="0B7FF1AA" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00A82C54" w:rsidP="00E219F1" w:rsidRDefault="006A0B7D" w14:paraId="2A0EA42E" w14:textId="77777777">
+        <w:p w:rsidR="00F36550" w:rsidP="00E219F1" w:rsidRDefault="006A0B7D" w14:paraId="2A0EA42E" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Region Halland</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00A82C54" w:rsidP="00E219F1" w:rsidRDefault="006A0B7D" w14:paraId="0EBD33FC" w14:textId="77777777">
+        <w:p w:rsidR="00F36550" w:rsidP="00E219F1" w:rsidRDefault="006A0B7D" w14:paraId="0EBD33FC" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CF52D9F" wp14:editId="14E43044">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="1" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -5349,70 +8132,434 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00A82C54" w:rsidP="00E219F1" w:rsidRDefault="006C6C67" w14:paraId="4666B331" w14:textId="77777777">
+  <w:p w:rsidR="00F36550" w:rsidP="00E219F1" w:rsidRDefault="00F36550" w14:paraId="4666B331" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F36550" w:rsidRDefault="00F36550" w14:paraId="2FC20B86" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00FE4EA4" w:rsidRDefault="00FE4EA4" w14:paraId="5EE4EA23" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w:rsidR="00AB2F14" w:rsidRDefault="006C6C67" w14:paraId="2FC20B86" w14:textId="77777777">
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="6ADD2419" w:rsidP="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="6DAEB19E" w14:textId="7E2B1BF3">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="sv-SE"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="sv-SE"/>
+      </w:rPr>
+      <w:t xml:space="preserve">OBS! Utskriven version kan vara inaktuell. </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="6ADD2419" w:rsidP="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="1BA4A8BE" w14:textId="5994BBFA">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="sv-SE"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="sv-SE"/>
+      </w:rPr>
+      <w:t>Senaste versionen hittar du via intranätet under "styrande dokument" eller vårdgivarwebben.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="6ADD2419" w:rsidRDefault="6ADD2419" w14:paraId="7B14E666" w14:textId="33F32730"/>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="9016" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4508"/>
+      <w:gridCol w:w="4508"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00E219F1" w:rsidTr="6ADD2419" w14:paraId="46B1816B" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="841"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="00E219F1" w:rsidP="6ADD2419" w:rsidRDefault="00E219F1" w14:paraId="24E65C0F" w14:textId="07325BC1" w14:noSpellErr="1">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:before="240" w:beforeAutospacing="off"/>
+          </w:pPr>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Gäller för:</w:t>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Region Halland</w:t>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="6ADD2419" w:rsidR="6ADD2419">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00E219F1" w:rsidP="6ADD2419" w:rsidRDefault="00E219F1" w14:paraId="7737927F" w14:textId="43F30D34">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="00E219F1" w:rsidP="00E219F1" w:rsidRDefault="00E219F1" w14:paraId="29FC14AA" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22BEC089" wp14:editId="0AED195F">
+                <wp:extent cx="1571625" cy="438150"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:docPr id="43" name="Bildobjekt 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="logo.gif"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1571625" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00A479E9" w:rsidP="00E219F1" w:rsidRDefault="00A479E9" w14:paraId="1601A7BD" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="9016" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4508"/>
+      <w:gridCol w:w="4508"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="1E211FE8" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="841"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="19A9EEB7" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Gäller för:</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Region Halland</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2737AE29" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77D1C5EB" wp14:editId="45A2C2E1">
+                <wp:extent cx="1571625" cy="438150"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:docPr id="2" name="Bildobjekt 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="logo.gif"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1571625" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="2FC22883" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05BE043C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4008D3A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6186,51 +9333,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="448028E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37A87F0A"/>
     <w:lvl w:ilvl="0" w:tplc="9E384334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -7690,516 +10837,553 @@
   </w:num>
   <w:num w:numId="23" w16cid:durableId="463085438">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="414978543">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1696350277">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="198402137">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="330446914">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="829905150">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1521163781">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Håkan Wänlund">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::gahwd608@rh.onmicrosoft.com::dd478a61-058d-4fc1-aac4-250539bc69e3"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A2FF6"/>
+    <w:rsid w:val="00002724"/>
     <w:rsid w:val="00002B62"/>
     <w:rsid w:val="00033AFC"/>
     <w:rsid w:val="00051539"/>
     <w:rsid w:val="00061CDF"/>
     <w:rsid w:val="000624B1"/>
     <w:rsid w:val="000624F1"/>
     <w:rsid w:val="000664DB"/>
     <w:rsid w:val="00071C4D"/>
     <w:rsid w:val="00087B68"/>
     <w:rsid w:val="000B0C89"/>
     <w:rsid w:val="000B2710"/>
     <w:rsid w:val="000C455F"/>
     <w:rsid w:val="000C7C9A"/>
     <w:rsid w:val="000D4671"/>
     <w:rsid w:val="000E073B"/>
+    <w:rsid w:val="000F4A65"/>
     <w:rsid w:val="00166754"/>
     <w:rsid w:val="00167844"/>
     <w:rsid w:val="0018206E"/>
     <w:rsid w:val="00196FF2"/>
     <w:rsid w:val="001A61C7"/>
     <w:rsid w:val="001B41C7"/>
     <w:rsid w:val="001B5CA7"/>
     <w:rsid w:val="001C3E19"/>
     <w:rsid w:val="001F3CF5"/>
     <w:rsid w:val="001F7A3E"/>
     <w:rsid w:val="00211E2A"/>
+    <w:rsid w:val="002139CC"/>
     <w:rsid w:val="00225E0B"/>
+    <w:rsid w:val="00234122"/>
     <w:rsid w:val="00235749"/>
     <w:rsid w:val="00244BD2"/>
     <w:rsid w:val="00246F62"/>
+    <w:rsid w:val="00255997"/>
+    <w:rsid w:val="0026716F"/>
     <w:rsid w:val="00271080"/>
     <w:rsid w:val="00280DE5"/>
     <w:rsid w:val="002819A4"/>
     <w:rsid w:val="00290E71"/>
     <w:rsid w:val="00291049"/>
     <w:rsid w:val="00293FE2"/>
     <w:rsid w:val="00295017"/>
     <w:rsid w:val="002A020D"/>
     <w:rsid w:val="002B170C"/>
+    <w:rsid w:val="002C1BE5"/>
     <w:rsid w:val="002D0241"/>
     <w:rsid w:val="002D35D8"/>
     <w:rsid w:val="002E0A96"/>
     <w:rsid w:val="002F618E"/>
     <w:rsid w:val="00313CB8"/>
     <w:rsid w:val="00332D94"/>
+    <w:rsid w:val="003562A4"/>
     <w:rsid w:val="0039396F"/>
     <w:rsid w:val="00395255"/>
     <w:rsid w:val="003A2FF6"/>
+    <w:rsid w:val="003B17AE"/>
     <w:rsid w:val="003B63FD"/>
     <w:rsid w:val="003C5B41"/>
     <w:rsid w:val="003D2710"/>
     <w:rsid w:val="003D7D4D"/>
     <w:rsid w:val="003E537C"/>
     <w:rsid w:val="00401415"/>
     <w:rsid w:val="00406C20"/>
     <w:rsid w:val="004625ED"/>
     <w:rsid w:val="00482080"/>
     <w:rsid w:val="004A4717"/>
     <w:rsid w:val="004C27E4"/>
     <w:rsid w:val="004C7AC6"/>
     <w:rsid w:val="004E09BE"/>
     <w:rsid w:val="0050010B"/>
     <w:rsid w:val="00500BA9"/>
     <w:rsid w:val="00500DE2"/>
     <w:rsid w:val="005140DE"/>
     <w:rsid w:val="0053214E"/>
     <w:rsid w:val="0053371B"/>
     <w:rsid w:val="005475A0"/>
     <w:rsid w:val="00563FE5"/>
     <w:rsid w:val="005974CE"/>
     <w:rsid w:val="005C1A28"/>
     <w:rsid w:val="005C1C1C"/>
     <w:rsid w:val="005D151B"/>
+    <w:rsid w:val="005F29E2"/>
     <w:rsid w:val="005F5F8E"/>
     <w:rsid w:val="0061059F"/>
     <w:rsid w:val="00614116"/>
     <w:rsid w:val="00624BF4"/>
     <w:rsid w:val="00633C84"/>
     <w:rsid w:val="00647E41"/>
     <w:rsid w:val="006534D8"/>
     <w:rsid w:val="00654D2D"/>
     <w:rsid w:val="006624E4"/>
     <w:rsid w:val="00662C09"/>
     <w:rsid w:val="00676C90"/>
     <w:rsid w:val="00693B29"/>
     <w:rsid w:val="00696200"/>
     <w:rsid w:val="006A0B7D"/>
     <w:rsid w:val="006C4A08"/>
     <w:rsid w:val="006C6C67"/>
     <w:rsid w:val="007123D8"/>
     <w:rsid w:val="00713D71"/>
+    <w:rsid w:val="00722D40"/>
     <w:rsid w:val="0074069B"/>
+    <w:rsid w:val="00751E0E"/>
     <w:rsid w:val="0075659A"/>
+    <w:rsid w:val="00763D3B"/>
     <w:rsid w:val="00774F8D"/>
+    <w:rsid w:val="0078275E"/>
+    <w:rsid w:val="00784247"/>
+    <w:rsid w:val="00786221"/>
     <w:rsid w:val="007975C2"/>
     <w:rsid w:val="007A13EA"/>
     <w:rsid w:val="007D0D02"/>
     <w:rsid w:val="007E537B"/>
+    <w:rsid w:val="007F4563"/>
     <w:rsid w:val="00800B01"/>
     <w:rsid w:val="008018BE"/>
     <w:rsid w:val="008020B9"/>
     <w:rsid w:val="008160E0"/>
     <w:rsid w:val="0083371D"/>
+    <w:rsid w:val="0084428B"/>
     <w:rsid w:val="008520E1"/>
     <w:rsid w:val="008827E3"/>
     <w:rsid w:val="00890BEE"/>
+    <w:rsid w:val="008958A4"/>
     <w:rsid w:val="008B66BC"/>
     <w:rsid w:val="00903BFD"/>
     <w:rsid w:val="00907688"/>
     <w:rsid w:val="00910FDD"/>
     <w:rsid w:val="00935632"/>
     <w:rsid w:val="00940ED2"/>
     <w:rsid w:val="00966ECD"/>
     <w:rsid w:val="0097425C"/>
     <w:rsid w:val="00974E6A"/>
     <w:rsid w:val="00975C93"/>
     <w:rsid w:val="00976C47"/>
     <w:rsid w:val="009806F9"/>
     <w:rsid w:val="00982B59"/>
     <w:rsid w:val="009872EE"/>
     <w:rsid w:val="009D579B"/>
     <w:rsid w:val="009D5FFA"/>
     <w:rsid w:val="009F00DF"/>
     <w:rsid w:val="009F05D6"/>
     <w:rsid w:val="009F4943"/>
     <w:rsid w:val="009F76CD"/>
     <w:rsid w:val="009F7940"/>
     <w:rsid w:val="00A33719"/>
     <w:rsid w:val="00A566C1"/>
     <w:rsid w:val="00A653B3"/>
+    <w:rsid w:val="00A946CF"/>
+    <w:rsid w:val="00AA35D5"/>
     <w:rsid w:val="00AB0079"/>
     <w:rsid w:val="00AB14D2"/>
     <w:rsid w:val="00AC30AE"/>
     <w:rsid w:val="00B0128E"/>
     <w:rsid w:val="00B1557F"/>
     <w:rsid w:val="00B2523B"/>
     <w:rsid w:val="00B2523E"/>
     <w:rsid w:val="00B32A2E"/>
     <w:rsid w:val="00B55235"/>
     <w:rsid w:val="00B62122"/>
     <w:rsid w:val="00B733EF"/>
     <w:rsid w:val="00B74932"/>
     <w:rsid w:val="00B74E30"/>
     <w:rsid w:val="00B91D99"/>
     <w:rsid w:val="00B937A9"/>
     <w:rsid w:val="00B95709"/>
     <w:rsid w:val="00BA0251"/>
     <w:rsid w:val="00BB67D0"/>
     <w:rsid w:val="00BB7AD5"/>
     <w:rsid w:val="00BC70DF"/>
+    <w:rsid w:val="00BC7B64"/>
     <w:rsid w:val="00BD0566"/>
     <w:rsid w:val="00BD31C6"/>
     <w:rsid w:val="00BE3F21"/>
     <w:rsid w:val="00BF07EA"/>
     <w:rsid w:val="00BF601D"/>
     <w:rsid w:val="00C0339A"/>
     <w:rsid w:val="00C0499B"/>
     <w:rsid w:val="00C1580D"/>
     <w:rsid w:val="00C17F9A"/>
     <w:rsid w:val="00C24808"/>
     <w:rsid w:val="00C27F93"/>
     <w:rsid w:val="00C321CA"/>
     <w:rsid w:val="00C43323"/>
     <w:rsid w:val="00C62C5D"/>
     <w:rsid w:val="00C71E24"/>
     <w:rsid w:val="00C90BB3"/>
     <w:rsid w:val="00C932C7"/>
     <w:rsid w:val="00C9541A"/>
     <w:rsid w:val="00C96F3E"/>
     <w:rsid w:val="00CA0CBD"/>
     <w:rsid w:val="00CB3BB1"/>
     <w:rsid w:val="00CB5558"/>
     <w:rsid w:val="00CC0153"/>
     <w:rsid w:val="00CC5EBE"/>
     <w:rsid w:val="00CD404D"/>
     <w:rsid w:val="00CE5E00"/>
     <w:rsid w:val="00D13150"/>
     <w:rsid w:val="00D456A8"/>
+    <w:rsid w:val="00D5608E"/>
     <w:rsid w:val="00D64FDD"/>
     <w:rsid w:val="00D65FE7"/>
     <w:rsid w:val="00D67040"/>
     <w:rsid w:val="00D74B23"/>
     <w:rsid w:val="00D93C7F"/>
     <w:rsid w:val="00DB7D68"/>
     <w:rsid w:val="00DD12E6"/>
     <w:rsid w:val="00DF13D3"/>
     <w:rsid w:val="00DF4CC4"/>
     <w:rsid w:val="00E03E34"/>
     <w:rsid w:val="00E2556F"/>
     <w:rsid w:val="00E27316"/>
     <w:rsid w:val="00E31F67"/>
     <w:rsid w:val="00E34609"/>
     <w:rsid w:val="00E60C8D"/>
     <w:rsid w:val="00E63B65"/>
     <w:rsid w:val="00E70987"/>
     <w:rsid w:val="00E71832"/>
+    <w:rsid w:val="00E72829"/>
+    <w:rsid w:val="00E74547"/>
+    <w:rsid w:val="00E81779"/>
     <w:rsid w:val="00E821E7"/>
     <w:rsid w:val="00EA2B78"/>
     <w:rsid w:val="00EA3323"/>
     <w:rsid w:val="00EB1CA4"/>
     <w:rsid w:val="00EB7FA9"/>
     <w:rsid w:val="00EC38B6"/>
+    <w:rsid w:val="00ED29A2"/>
     <w:rsid w:val="00ED61EB"/>
     <w:rsid w:val="00EE6461"/>
     <w:rsid w:val="00EF6088"/>
     <w:rsid w:val="00F01D75"/>
     <w:rsid w:val="00F12703"/>
     <w:rsid w:val="00F204F1"/>
     <w:rsid w:val="00F27275"/>
+    <w:rsid w:val="00F36550"/>
     <w:rsid w:val="00F40614"/>
     <w:rsid w:val="00F61206"/>
     <w:rsid w:val="00F83D36"/>
     <w:rsid w:val="00F96FC0"/>
     <w:rsid w:val="00FB301E"/>
     <w:rsid w:val="00FC3CF2"/>
     <w:rsid w:val="00FD05F9"/>
     <w:rsid w:val="00FE3DCB"/>
     <w:rsid w:val="00FF4475"/>
     <w:rsid w:val="00FF7BEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0E8FBC34"/>
   <w15:docId w15:val="{2A01C53D-BFBC-4ADD-9A24-28BF9875E7A1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -8242,52 +11426,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -8348,261 +11532,699 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E71832"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Liststycke"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik1Char1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A479E9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik2Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD0566"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidhuvudChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sidfot">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidfotChar1"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liststycke">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD0566"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:ind w:left="1434" w:hanging="357"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+    <w:name w:val="Sidfot Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00633C84"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BallongtextChar1"/>
+    <w:rsid w:val="009F76CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+    <w:name w:val="Ballongtext Char"/>
+    <w:rsid w:val="009F76CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabellrutnt">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00647E41"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlnk">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00647E41"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normalwebb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00647E41"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Rubrik2"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="RubrikChar1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71832"/>
+    <w:rPr>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+    <w:name w:val="Rubrik Char"/>
+    <w:rsid w:val="00E71832"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71832"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00332D94"/>
+    <w:pPr>
+      <w:ind w:left="260"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehll1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="008160E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="4171"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00FB301E"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+    <w:name w:val="Rubrik 1 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00654D2D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+    <w:name w:val="Rubrik 2 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
+    <w:rsid w:val="00654D2D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00654D2D"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SidfotChar1" w:customStyle="1">
+    <w:name w:val="Sidfot Char1"/>
+    <w:link w:val="Sidfot"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00633C84"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="BallongtextChar1" w:customStyle="1">
+    <w:name w:val="Ballongtext Char1"/>
+    <w:link w:val="Ballongtext"/>
+    <w:rsid w:val="009F76CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="RubrikChar1" w:customStyle="1">
+    <w:name w:val="Rubrik Char1"/>
+    <w:link w:val="Rubrik"/>
+    <w:rsid w:val="00E71832"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik1Char1" w:customStyle="1">
+    <w:name w:val="Rubrik 1 Char1"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="00A479E9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E219F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00002724"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00255997"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00255997"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
+    <w:rsid w:val="00255997"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
+    <w:link w:val="KommentarsmneChar"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00255997"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
+    <w:name w:val="Kommentarsämne Char"/>
+    <w:basedOn w:val="KommentarerChar"/>
+    <w:link w:val="Kommentarsmne"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255997"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002C1BE5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00A479E9"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:ind w:left="1434" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-    <w:name w:val="Sidfot Char"/>
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00633C84"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-    <w:name w:val="Ballongtext Char"/>
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00647E41"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00E71832"/>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-    <w:name w:val="Rubrik Char"/>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:rsid w:val="00E71832"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E71832"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs/>
@@ -8620,155 +12242,80 @@
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00332D94"/>
     <w:pPr>
       <w:ind w:left="260"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="008160E0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="4171"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+    <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00FB301E"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="00A479E9"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-[...8 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...66 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E219F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="600838434">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="859664780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8909,68 +12456,79 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1204705972">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9574/Journal%20-%20kommunikation%20med%20patienter.docx?web=1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9916/Offentlighetsprincipen%20&#8211;%20introduktion.docx?web=1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9916/Offentlighetsprincipen%20&#8211;%20introduktion.docx?web=1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9743/Inloggningsuppgifter%20-%20beslut%20om%20nollst&#228;llning.docx?web=1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9784/E-postl&#229;da%20till%20verksamhet.docx?web=1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9743/Inloggningsuppgifter%20-%20beslut%20om%20nollst&#228;llning.docx?web=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epost.regionhalland.se/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9743/Inloggningsuppgifter%20-%20beslut%20om%20nollst&#228;llning.docx?web=1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9479/Avslutad%20anst&#228;llning%20&#8211;%20Checklista%20informationss&#228;kerhet.docx?web=1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9574/Journal%20-%20kommunikation%20med%20patienter.docx?web=1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epost.regionhalland.se/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9916/Offentlighetsprincipen%20&#8211;%20introduktion.docx?web=1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://outlook.office.com/mail/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId39" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9916/Offentlighetsprincipen%20&#8211;%20introduktion.docx?web=1" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9784/E-postl&#229;da%20till%20verksamhet.docx?web=1" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9743/Inloggningsuppgifter%20-%20beslut%20om%20nollst&#228;llning.docx?web=1" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId37" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9574/Journal%20-%20kommunikation%20med%20patienter.docx?web=1" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9743/Inloggningsuppgifter%20-%20beslut%20om%20nollst&#228;llning.docx?web=1" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9479/Avslutad%20anst&#228;llning%20&#8211;%20Checklista%20informationss&#228;kerhet.docx?web=1" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9574/Journal%20-%20kommunikation%20med%20patienter.docx?web=1" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9743/Inloggningsuppgifter%20-%20beslut%20om%20nollst&#228;llning.docx?web=1" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9916/Offentlighetsprincipen%20&#8211;%20introduktion.docx?web=1" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9916/Offentlighetsprincipen%20&#8211;%20introduktion.docx?web=1" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header7.xml" Id="Rb435a71d6803405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header8.xml" Id="R8967d5252ee94055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header9.xml" Id="R91777bfc99dc4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer7.xml" Id="R2876a0705b854d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer8.xml" Id="R64cb5e957e5c4335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer9.xml" Id="R01430d8878c74b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header10.xml" Id="Rcac40bd300bd44cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header11.xml" Id="R4518da7e54c54abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header12.xml" Id="Ra502699c88384694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer10.xml" Id="R8d741a1726714e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer11.xml" Id="Rd907fd59cbe0443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer12.xml" Id="Rb76e6478614147fe" /></Relationships>
+</file>
+
+<file path=word/_rels/header10.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.gif" Id="rId1" /></Relationships>
+</file>
+
+<file path=word/_rels/header11.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
+</file>
+
+<file path=word/_rels/header8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.gif" Id="rId1" /></Relationships>
+</file>
+
+<file path=word/_rels/header9.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9245,50 +12803,184 @@
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <customXsn xmlns="http://schemas.microsoft.com/office/2006/metadata/customXsn">
   <xsnLocation/>
   <cached>True</cached>
   <openByDefault>True</openByDefault>
   <xsnScope/>
 </customXsn>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <documentManagement>
+    <TaxCatchAll xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Value>254</Value>
+      <Value>47</Value>
+      <Value>12</Value>
+      <Value>62</Value>
+      <Value>110</Value>
+      <Value>28</Value>
+      <Value>57</Value>
+      <Value>2</Value>
+      <Value>34</Value>
+    </TaxCatchAll>
+    <FSCD_DocumentOwner xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName>Pettersson Hans RK STAB</DisplayName>
+        <AccountId>41</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </FSCD_DocumentOwner>
+    <i4d846bafbc94e6c892c2f207f8e6714 xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Elektronisk post</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">051758e5-f225-474b-b4c2-dc4f985ff4c3</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Kryptering</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">787266cd-070a-4934-9a58-a230765b549f</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Journal</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">e82f75e4-2614-473a-b83d-f4a4b82fc1f1</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Hantering av information</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f468e176-3d8b-472c-9b4c-016dbaae20d5</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Sekretess</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">bb3866b4-5d23-492a-916b-233953d9f6b8</TermId>
+        </TermInfo>
+      </Terms>
+    </i4d846bafbc94e6c892c2f207f8e6714>
+    <RHI_ApprovedDate_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">2021-11-29T23:00:00+00:00</RHI_ApprovedDate_Temp>
+    <FSCD_DocumentEdition_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">18</FSCD_DocumentEdition_Temp>
+    <PublishingStartDate xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0" xsi:nil="true"/>
+    <RHI_ReviewersMulti xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </RHI_ReviewersMulti>
+    <RHI_ApproverDisplay_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">Regional Säkerhetsansvarig</RHI_ApproverDisplay_Temp>
+    <FSCD_ApprovedBy xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId>41</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </FSCD_ApprovedBy>
+    <RHI_CD_Classification xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">1</RHI_CD_Classification>
+    <k0e587a7c4ca45fb88ec6eb8cbb582c0 xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">309. Informationssäkerhet</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">72a66159-ea04-4130-9e90-bbc83910d7c7</TermId>
+        </TermInfo>
+      </Terms>
+    </k0e587a7c4ca45fb88ec6eb8cbb582c0>
+    <FSCD_DocumentTypeTags xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Rutin</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">3ecd4889-b546-4b08-8daf-345ed6a301ab</TermId>
+        </TermInfo>
+      </Terms>
+    </FSCD_DocumentTypeTags>
+    <e32bc2c600954b21b8771b7c871600ad xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Regional Säkerhetsansvarig</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">c2426dc2-5c03-4b1a-bc78-da7d2f515dbb</TermId>
+        </TermInfo>
+      </Terms>
+    </e32bc2c600954b21b8771b7c871600ad>
+    <RHI_ApprovedRole_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">Regional Säkerhetsansvarig</RHI_ApprovedRole_Temp>
+    <FSCD_IsPublished xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">18.0</FSCD_IsPublished>
+    <RHI_CoAuthorsMulti xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </RHI_CoAuthorsMulti>
+    <PublishingExpirationDate xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0" xsi:nil="true"/>
+    <FSCD_DocumentId_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">533abd90-7ff6-4188-8519-63d69b2421d3</FSCD_DocumentId_Temp>
+    <FSCD_DocumentIssuer xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName>Pettersson Hans RK STAB</DisplayName>
+        <AccountId>41</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </FSCD_DocumentIssuer>
+    <c462f665bad2437cb8ba36ab4de68df8 xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Region Halland</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d72d8b1f-b373-4815-ab51-a5608c837237</TermId>
+        </TermInfo>
+      </Terms>
+    </c462f665bad2437cb8ba36ab4de68df8>
+    <l3725d2185604df78b4bef80ff63202f xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </l3725d2185604df78b4bef80ff63202f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Styrt dokument" ma:contentTypeID="0x010100FC1F9CDB39E1844A95B8BCB62021EBA1005FDA8F8E88469843B924F1C431D4C07B" ma:contentTypeVersion="28" ma:contentTypeDescription="Skapa ett nytt styrd dokument." ma:contentTypeScope="" ma:versionID="5a9cae2050bf7ee34bcc5371efdee525">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d7020d13-187d-4fc8-9816-bd01783b86ee" xmlns:ns3="a20921a3-d337-4f28-a5a8-d9fac85c55a0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="811aebc5e964168973a93cb24a02e523" ns2:_="" ns3:_="">
     <xsd:import namespace="d7020d13-187d-4fc8-9816-bd01783b86ee"/>
     <xsd:import namespace="a20921a3-d337-4f28-a5a8-d9fac85c55a0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:FSCD_DocumentIssuer"/>
                 <xsd:element ref="ns2:RHI_CoAuthorsMulti" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_DocumentOwner"/>
                 <xsd:element ref="ns2:FSCD_DocumentId" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_ReviewReminder" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_ApprovedBy" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_DocumentEdition" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_DocumentInfo" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_Source" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_PublishingInfo" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_IsPublished" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_ReviewersMulti" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_ApprovedDate" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_ApproverDisplay" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_AppliesToOrganizationString" minOccurs="0"/>
@@ -9670,275 +13362,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...132 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{027141BB-185D-4704-A4BA-A51EABE1527F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/customXsn"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73C6A869-F032-41F2-B112-37A19C979E2F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d7020d13-187d-4fc8-9816-bd01783b86ee"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a20921a3-d337-4f28-a5a8-d9fac85c55a0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F00B84F9-18F6-4D9C-A754-0BF2F7530E7A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD720D38-0625-4D1B-AE78-193D47B43A22}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C590C1F1-5B59-4AD8-AD63-BDD7950B9241}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d7020d13-187d-4fc8-9816-bd01783b86ee"/>
     <ds:schemaRef ds:uri="a20921a3-d337-4f28-a5a8-d9fac85c55a0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>11346</Characters>
+  <Pages>6</Pages>
+  <Words>2103</Words>
+  <Characters>11146</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
+  <Lines>92</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>E-post</vt:lpstr>
       <vt:lpstr>Innehållsmall styrda dokument (grunddokument)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13460</CharactersWithSpaces>
+  <CharactersWithSpaces>13223</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>E-post</dc:title>
   <dc:subject/>
   <dc:creator>Pedersen Henrik RK UC Program- och projektstödsavd</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FC1F9CDB39E1844A95B8BCB62021EBA1005FDA8F8E88469843B924F1C431D4C07B</vt:lpwstr>