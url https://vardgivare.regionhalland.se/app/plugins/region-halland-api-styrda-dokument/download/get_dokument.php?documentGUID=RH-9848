--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -1,247 +1,224 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...15 lines deleted...]
-  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidRPr="00332D94" w:rsidR="00647E41" w:rsidP="000C740E" w:rsidRDefault="00E92A86" w14:paraId="339283DC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik"/>
       </w:pPr>
       <w:r>
         <w:t>Loggkontroller – delegering</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D5FFA" w:rsidP="000C740E" w:rsidRDefault="009D5FFA" w14:paraId="16D96086" w14:textId="77777777"/>
-    <w:p w:rsidRPr="000C740E" w:rsidR="00246F62" w:rsidP="000C740E" w:rsidRDefault="00E92A86" w14:paraId="2C58A0BD" w14:textId="77777777">
+    <w:p w:rsidRPr="000C740E" w:rsidR="00246F62" w:rsidP="000C740E" w:rsidRDefault="00E92A86" w14:paraId="2C58A0BD" w14:textId="3B5994DB">
       <w:r>
         <w:t xml:space="preserve">(Bilaga 2 till Rutin </w:t>
       </w:r>
       <w:r w:rsidRPr="00E92A86">
         <w:t xml:space="preserve"/>
       </w:r>
       <w:hyperlink w:history="1" r:id="rId12">
-        <w:r w:rsidRPr="00E92A86">
+        <w:r w:rsidRPr="00D42BBC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
-          <w:t>Loggning och loggkontroller i patientjournalsystem</w:t>
+          <w:t>Loggning och loggk</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D42BBC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+          </w:rPr>
+          <w:t>o</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D42BBC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+          </w:rPr>
+          <w:t>ntroller i patientjournalsystem</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E92A86" w:rsidP="00332D94" w:rsidRDefault="00E92A86" w14:paraId="5F1B4501" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="3433291B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Härmed delegerar jag till</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="29BCC04F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_GoBack" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="492A65D3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………….</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="7A91224C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="2CDDA4DD" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Yrkestitel/namn………………………………….</w:t>
+        <w:t>Yrkestitel/namn…………………………………. ………. Arbetsplats……………………..</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t/>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="4E0A7173" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="01AF2757" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Beträffande vilken jag har personlig kännedom om hennes/hans yrkeskompetens att ta ut logglistor ur följande vårdsystem:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="3784F0EC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="021B700C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>……………………………….……………………………….……………………………….</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t/>
       </w:r>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -287,73 +264,60 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>På begäran av avdelningschef/verksamhetschef</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="4835B9F4" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>På begäran av patient enligt rutin ”Loggutdrag till patient”</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="502B973D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
+          <w:noProof/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="40B26F9A" wp14:anchorId="791BF5D2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>127635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="171450" cy="200025"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Textruta 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -386,94 +350,95 @@
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="156876FD" w14:textId="77777777"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="791BF5D2">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 5" style="position:absolute;margin-left:-.35pt;margin-top:10.05pt;width:13.5pt;height:15.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="white [3201]" strokeweight="1pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWO9UzkgIAALIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06CZN2COkXWosOA&#10;oivWDj0rstQYlUVNUhJnX78n2UmTrpcOu9ik+EiRTyTPztvGsLXyoSZb8uHJgDNlJVW1fSz5z/ur&#10;D584C1HYShiyquRbFfj57P27s42bqhEtyVTKMwSxYbpxJV/G6KZFEeRSNSKckFMWRk2+ERGqfywq&#10;LzaI3phiNBh8LDbkK+dJqhBwetkZ+SzH11rJ+F3roCIzJUduMX99/i7St5idiemjF25Zyz4N8Q9Z&#10;NKK2uHQf6lJEwVa+/itUU0tPgXQ8kdQUpHUtVa4B1QwHL6q5Wwqnci0gJ7g9TeH/hZU361vP6qrk&#10;E86saPBE96qNfoX8J4mdjQtTgO4cYLH9Qi1eeXcecJiKbrVv0h/lMNjB83bPLYIxmZxOh+MJLBIm&#10;PNxglKMXz87Oh/hVUcOSUHKPp8uMivV1iEgE0B0k3RXI1NVVbUxWUruoC+PZWuChTcwpwuMIZSzb&#10;IJHR6WCQIx8ZU+x9gIUR8ilVeRwCmrHpPpU7q88rMdQxkaW4NSphjP2hNJjNhLySpJBS2X2iGZ1Q&#10;GiW9xbHHP2f1FueuDnjkm8nGvXNTW/IdS8fcVk87bnWHB0kHdScxtou275wFVVs0jqdu8IKTVzWI&#10;vhYh3gqPSUNHYHvE7/hoQ3ge6iXOluR/v3ae8BgAWDnbYHJLHn6thFecmW8Wo/F5OB6nUc/KeHI6&#10;guIPLYtDi101F4SeGWJPOZnFhI9mJ2pPzQOWzDzdCpOwEneXPO7Ei9jtEywpqebzDMJwOxGv7Z2T&#10;KXSiNzXYffsgvOs7PGI0bmg342L6otE7bPK0NF9F0nWegkRwx2pPPBZD7tN+iaXNc6hn1POqnf0B&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVSjzl3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BToNA&#10;FEX3TfyHyTNx1w5gRII8Gm1iamI1sXbjbgpPQJg3hJlS+HvHlV3e3JtzT7aedCdGGmxjGCFcBSCI&#10;C1M2XCEcPp+XCQjrFJeqM0wIM1lY51eLTKWlOfMHjXtXCQ9hmyqE2rk+ldIWNWllV6Yn9t23GbRy&#10;Pg6VLAd19nDdySgIYqlVw/6hVj1taira/UkjtE/bzeE1+nqZtz/J7n1ud6N9SxBvrqfHBxCOJvc/&#10;hj99rw65dzqaE5dWdAjLez9EiIIQhK+j+BbEEeEujEHmmbzUz38BAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAFjvVM5ICAACyBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAlUo85d4AAAAGAQAADwAAAAAAAAAAAAAAAADsBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;">
+              <v:shape id="Textruta 5" style="position:absolute;margin-left:-.35pt;margin-top:10.05pt;width:13.5pt;height:15.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="white [3201]" strokeweight="1pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyC/soewIAAI0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L7uJQmkjNigFUVVC&#10;gICKs+O1iYXX49qT7Ka/vmPv5gHlQtWLd7zzzevzzJyedY1laxWiAVfx0VHJmXISauOeKv7z4fLT&#10;F84iClcLC05VfKMiP5t9/HDa+qkawxJsrQIjJy5OW1/xJaKfFkWUS9WIeAReOVJqCI1Auoanog6i&#10;Je+NLcZl+bloIdQ+gFQx0t+LXsln2b/WSuKN1lEhsxWn3DCfIZ+LdBazUzF9CsIvjRzSEP+QRSOM&#10;o6A7VxcCBVsF85erxsgAETQeSWgK0NpIlWugakblq2rul8KrXAuRE/2Opvj/3Mrr9b2/DQy7b9DR&#10;AyZCWh+nkX6mejodmvSlTBnpicLNjjbVIZPJ6GQ0OSaNJBW9STk+Tl6KvbEPEb8raFgSKh7oVTJZ&#10;Yn0VsYduISlWBGvqS2NtvqROUOc2sLWgN7SYUyTnL1DWsZYSGZ+UZfb8Qpl87xwsrJDPQ34HKHJo&#10;XYqnctMMee2ZyBJurEoY6+6UZqbOhLyRpJBSuV2iGZ1Qmkp6j+GA32f1HuO+DrLIkcHhzrgxDkLP&#10;0ktu6+ctt7rH0yMe1J1E7Bbd0CELqDfUOAH6mYpeXhoi+kpEvBWBhog6ghYD3tChLdDzwCBxtoTw&#10;+63/CU+9TVrOWhrKisdfKxEUZ/aHo67/OppM0hTny+T4ZEyXcKhZHGrcqjkH6pkRrSAvs5jwaLei&#10;DtA80v6Yp6ikEk5S7IrjVjzHflXQ/pFqPs8gmlsv8Mrde5lcJ3pTgz10jyL4ocORRuMatuMrpq8a&#10;vccmSwfzFYI2eQoSwT2rA/E083mOhv2UlsrhPaP2W3T2BwAA//8DAFBLAwQUAAYACAAAACEAlUo8&#10;5d4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU6DQBRF9038h8kzcdcOYESCPBptYmpiNbF2&#10;424KT0CYN4SZUvh7x5Vd3tybc0+2nnQnRhpsYxghXAUgiAtTNlwhHD6flwkI6xSXqjNMCDNZWOdX&#10;i0ylpTnzB417VwkPYZsqhNq5PpXSFjVpZVemJ/bdtxm0cj4OlSwHdfZw3ckoCGKpVcP+oVY9bWoq&#10;2v1JI7RP283hNfp6mbc/ye59bnejfUsQb66nxwcQjib3P4Y/fa8OuXc6mhOXVnQIy3s/RIiCEISv&#10;o/gWxBHhLoxB5pm81M9/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADIL+yh7AgAAjQUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJVKPOXeAAAA&#10;BgEAAA8AAAAAAAAAAAAAAAAA1QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="156876FD" w14:textId="77777777"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="3355D195" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">        I uppdraget ingår att analysera logglistorna enlig rutinen</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="7E561379" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="4735FAB3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
+          <w:noProof/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="245E3D1C" wp14:anchorId="18703998">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>6985</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="171450" cy="171450"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Textruta 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -503,51 +468,51 @@
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="77B2F959" w14:textId="77777777"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 6" style="position:absolute;margin-left:-.35pt;margin-top:.55pt;width:13.5pt;height:13.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLixaHjwIAALgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X510absFdYqsRYcB&#10;RVssHXpWZKkxKouapCTOfv2eZCdNPy4ddrFJ8ZEin0ienrWNYSvlQ0225MODAWfKSqpq+1DyX3eX&#10;n75wFqKwlTBkVck3KvCzyccPp2s3Voe0IFMpzxDEhvHalXwRoxsXRZAL1YhwQE5ZGDX5RkSo/qGo&#10;vFgjemOKw8HguFiTr5wnqULA6UVn5JMcX2sl443WQUVmSo7cYv76/J2nbzE5FeMHL9yiln0a4h+y&#10;aERtceku1IWIgi19/SpUU0tPgXQ8kNQUpHUtVa4B1QwHL6qZLYRTuRaQE9yOpvD/wsrr1a1ndVXy&#10;Y86saPBEd6qNfon8jxM7axfGAM0cYLH9Ri1eeXsecJiKbrVv0h/lMNjB82bHLYIxmZxOhqMjWCRM&#10;vYzoxZOz8yF+V9SwJJTc4+kyo2J1FWIH3ULSXYFMXV3WxmQltYs6N56tBB7axJwigj9DGcvWqPMz&#10;0ngVIYXe+c+NkI+pyOcRoBmbPFVurD6tRFBHRJbixqiEMfan0iA28/FGjkJKZXd5ZnRCaVT0Hsce&#10;/5TVe5y7OuCRbyYbd85Nbcl3LD2ntnrcUqs7PEjaqzuJsZ23uaN2fTKnaoP28dSNX3DysgbfVyLE&#10;W+Exb+gL7JB4g482hEeiXuJsQf7PW+cJjzGAlbM15rfk4fdSeMWZ+WExIF+Ho1Ea+KyMjk4Oofh9&#10;y3zfYpfNOaFzhthWTmYx4aPZitpTc49VM023wiSsxN0lj1vxPHZbBatKquk0gzDiTsQrO3MyhU4s&#10;pz67a++Fd32fRwzINW0nXYxftHuHTZ6WpstIus6zkHjuWO35x3rI7dqvsrR/9vWMelq4k78AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAx1m8P2QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETv&#10;SPyDtUjcWidFKiGNUwEqXDhREOdt7NpW43UUu2n4e5YTnEY7M5p9zXYOvZjMmHwkBeWyAGGoi9qT&#10;VfD58bKoQKSMpLGPZBR8mwTb9vqqwVrHC72baZ+t4BFKNSpwOQ+1lKlzJmBaxsEQZ8c4Bsx8jlbq&#10;ES88Hnq5Koq1DOiJPzgczLMz3Wl/Dgp2T/bBdhWObldp76f56/hmX5W6vZkfNyCymfNfGX7xGR1a&#10;ZjrEM+kkegWLey6yXYLgdLW+A3FgrUqQbSP/07c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAEuLFoePAgAAuAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhADHWbw/ZAAAABQEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;">
+              <v:shape id="Textruta 6" style="position:absolute;margin-left:-.35pt;margin-top:.55pt;width:13.5pt;height:13.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUYaTpeQIAAJMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51kabsFcYqsRYcB&#10;RVusHXpWZKkRKouaxMTOfv0o2Xn0cemwi0yaHynyE8npWVtbtlYhGnAlHx4NOFNOQmXcY8l/3V9+&#10;+sJZROEqYcGpkm9U5Gezjx+mjZ+oESzBViowCuLipPElXyL6SVFEuVS1iEfglSOjhlALJDU8FlUQ&#10;DUWvbTEaDE6KBkLlA0gVI/296Ix8luNrrSTeaB0VMltyyg3zGfK5SGcxm4rJYxB+aWSfhviHLGph&#10;HF26C3UhULBVMK9C1UYGiKDxSEJdgNZGqlwDVTMcvKjmbim8yrUQOdHvaIr/L6y8Xt/528Cw/QYt&#10;PWAipPFxEulnqqfVoU5fypSRnSjc7GhTLTKZnE6H42OySDL1MkUp9s4+RPyuoGZJKHmgV8lkifVV&#10;xA66haS7IlhTXRprs5I6QZ3bwNaC3tBiTpGCP0NZx5qSn3ymNF5FSKF3/gsr5FMq8nkE0qxLnir3&#10;TJ/Wnogs4caqhLHup9LMVJmPN3IUUiq3yzOjE0pTRe9x7PH7rN7j3NVBHvlmcLhzro2D0LH0nNrq&#10;aUut7vBE0kHdScR20VLhB32ygGpD7ROgm6zo5aUhvq9ExFsRaJSoL2g94A0d2gI9EvQSZ0sIf976&#10;n/DU4WTlrKHRLHn8vRJBcWZ/OOr9r8PxOM1yVsbHpyNSwqFlcWhxq/ocqHOGtIi8zGLCo92KOkD9&#10;QFtknm4lk3CS7i45bsVz7BYGbSGp5vMMoun1Aq/cnZcpdGI59dl9+yCC7/scaUCuYTvEYvKi3Tts&#10;8nQwXyFok2ch8dyx2vNPk5/btd9SabUc6hm136WzvwAAAP//AwBQSwMEFAAGAAgAAAAhADHWbw/Z&#10;AAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNxaJ0UqIY1TASpcOFEQ523s&#10;2lbjdRS7afh7lhOcRjszmn3Ndg69mMyYfCQF5bIAYaiL2pNV8PnxsqhApIyksY9kFHybBNv2+qrB&#10;WscLvZtpn63gEUo1KnA5D7WUqXMmYFrGwRBnxzgGzHyOVuoRLzweerkqirUM6Ik/OBzMszPdaX8O&#10;CnZP9sF2FY5uV2nvp/nr+GZflbq9mR83ILKZ818ZfvEZHVpmOsQz6SR6BYt7LrJdguB0tb4DcWCt&#10;SpBtI//Ttz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVGGk6XkCAACTBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAMdZvD9kAAAAFAQAADwAA&#10;AAAAAAAAAAAAAADTBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;" w14:anchorId="18703998">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="77B2F959" w14:textId="77777777"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">        I uppdraget ingår att lämna listorna vidare till verksamhetschef/  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="7CDF74AC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
@@ -585,167 +550,153 @@
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="70B09D89" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>inom följande enhet (-er)………………………………………………...................</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E92A86">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="429885A8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="704C65A8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>under tiden…………………………………………………………………………….</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="3DE4BFE3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="0BA24A00" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Verksamhetschefs namn                                                            Datum</w:t>
+        <w:t>Verksamhetschefs namn                                                            Datum</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="6BFD9001" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="798A646E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="4D3BC9B8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Yrkestitel/namn</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="09B67821" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="382B4D20" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="703A94DF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Arbetsplats</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="126E1D76" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="256CE174" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
@@ -754,243 +705,270 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Jag åtar mig arbetsuppgiften och är medveten om att jag har fullt yrkesansvar för den delegerade arbetsuppgiften.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="5D11F1B6" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="1472B367" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="0F59398F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A86">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Namnunderskrift av den som får arbetsuppgiften</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidP="00E92A86" w:rsidRDefault="00E92A86" w14:paraId="6D01CCD5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00E92A86" w:rsidR="00E92A86" w:rsidSect="00D466E6">
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="680" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
-      <w:headerReference w:type="even" r:id="Rdec7cef39ba64f19"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="Rfcbda24df32e4b16"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70119D0B" w14:textId="77777777" w:rsidR="00E92A86" w:rsidRDefault="00E92A86" w:rsidP="00332D94">
+    <w:p w14:paraId="4C41A082" w14:textId="77777777" w:rsidR="000E2BA7" w:rsidRDefault="000E2BA7" w:rsidP="00332D94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D57EE3E" w14:textId="77777777" w:rsidR="00E92A86" w:rsidRDefault="00E92A86" w:rsidP="00332D94">
+    <w:p w14:paraId="782F1B05" w14:textId="77777777" w:rsidR="000E2BA7" w:rsidRDefault="000E2BA7" w:rsidP="00332D94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00FE4EA4" w:rsidRDefault="00FE4EA4" w14:paraId="38BCCB84" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00000000" w14:paraId="38BCCB84" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="3B64E7AD" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00000000" w14:paraId="3B64E7AD" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7083"/>
       <w:gridCol w:w="1933"/>
     </w:tblGrid>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="169B2237" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="3D266039" w14:textId="77777777">
+        <w:p w:rsidRPr="00A26938" w:rsidR="00000000" w:rsidP="0086669C" w:rsidRDefault="00000000" w14:paraId="3D266039" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00730DA5">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Instruktion: Loggkontroller - Delegation</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="04464393" w14:textId="77777777">
+        <w:p w:rsidR="00000000" w:rsidP="0086669C" w:rsidRDefault="00000000" w14:paraId="04464393" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Sida </w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
@@ -1032,203 +1010,263 @@
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="049BA934" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00730DA5" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="587C5A37" w14:textId="770834EF">
+        <w:p w:rsidRPr="00730DA5" w:rsidR="00000000" w:rsidP="0086669C" w:rsidRDefault="00000000" w14:paraId="587C5A37" w14:textId="770834EF">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: IT-direktör, Publicerad: 2015-08-18</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="37904626" w:rsidR="008F25CD">
+            <w:t>Fastställd av: Regional Säkerhetsansvarig, Publicerad: 2015-08-18</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
-          <w:r w:rsidRPr="002C73BB" w:rsidR="008F25CD">
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
+            <w:t xml:space="preserve"/>
+          </w:r>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:t/>
           </w:r>
-          <w:r w:rsidRPr="37904626" w:rsidR="008F25CD">
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="002C73BB">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="359DDFB3" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00000000" w:rsidP="0086669C" w:rsidRDefault="00000000" w14:paraId="359DDFB3" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="450F38E4" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="37904626" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="62B6D4D4" w14:textId="77777777">
+        <w:p w:rsidRPr="37904626" w:rsidR="00000000" w:rsidP="0086669C" w:rsidRDefault="00000000" w14:paraId="62B6D4D4" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Huvudförfattare: Agmyr Henrik RK STAB</w:t>
-          </w:r>
+            <w:t xml:space="preserve">Huvudförfattare: Jaxwall Lindblom Mari RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="001E66B2">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="1B0FB7E9" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00000000" w:rsidP="0086669C" w:rsidRDefault="00000000" w14:paraId="1B0FB7E9" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="0086669C" w:rsidRDefault="0086669C" w14:paraId="3D4C8F68" w14:textId="77777777">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00000000" w14:paraId="3D4C8F68" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7083"/>
       <w:gridCol w:w="1933"/>
     </w:tblGrid>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="283D25F8" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="20748AEE" w14:textId="77777777">
+        <w:p w:rsidRPr="00A26938" w:rsidR="00000000" w:rsidP="000D6F1B" w:rsidRDefault="00000000" w14:paraId="20748AEE" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00730DA5">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Instruktion: Loggkontroller - Delegation</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="320295E4" w14:textId="77777777">
+        <w:p w:rsidR="00000000" w:rsidP="000D6F1B" w:rsidRDefault="00000000" w14:paraId="320295E4" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Sida </w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
@@ -1270,244 +1308,290 @@
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="4CE66246" w14:textId="05F0BAC6">
+        <w:p w:rsidRPr="00730DA5" w:rsidR="00000000" w:rsidP="000D6F1B" w:rsidRDefault="00000000" w14:paraId="4CE66246" w14:textId="05F0BAC6">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: IT-direktör, Publicerad: 2015-08-18</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
+            <w:t>Fastställd av: Regional Säkerhetsansvarig, Publicerad: 2015-08-18</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
-          <w:r w:rsidRPr="002C73BB" w:rsidR="004300A4">
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
+            <w:t xml:space="preserve"/>
+          </w:r>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:t/>
           </w:r>
-          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="002C73BB">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="3D5506B3" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00000000" w:rsidP="000D6F1B" w:rsidRDefault="00000000" w14:paraId="3D5506B3" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="0A90BD92" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="37904626" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="41CB39C8" w14:textId="77777777">
+        <w:p w:rsidRPr="37904626" w:rsidR="00000000" w:rsidP="000D6F1B" w:rsidRDefault="00000000" w14:paraId="41CB39C8" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Huvudförfattare: Agmyr Henrik RK STAB</w:t>
-          </w:r>
+            <w:t xml:space="preserve">Huvudförfattare: Jaxwall Lindblom Mari RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="001E66B2">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2C7473F1" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00000000" w:rsidP="000D6F1B" w:rsidRDefault="00000000" w14:paraId="2C7473F1" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2E4ECF54" w14:textId="77777777">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00000000" w14:paraId="2E4ECF54" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E5B1A30" w14:textId="77777777" w:rsidR="00E92A86" w:rsidRDefault="00E92A86" w:rsidP="00332D94">
+    <w:p w14:paraId="707C34F2" w14:textId="77777777" w:rsidR="000E2BA7" w:rsidRDefault="000E2BA7" w:rsidP="00332D94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17594E60" w14:textId="77777777" w:rsidR="00E92A86" w:rsidRDefault="00E92A86" w:rsidP="00332D94">
+    <w:p w14:paraId="1C1A5719" w14:textId="77777777" w:rsidR="000E2BA7" w:rsidRDefault="000E2BA7" w:rsidP="00332D94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00FE4EA4" w:rsidRDefault="00FE4EA4" w14:paraId="5EE4EA23" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00000000" w14:paraId="5EE4EA23" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E219F1" w:rsidTr="00220BF1" w14:paraId="46B1816B" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00E219F1" w:rsidP="00E219F1" w:rsidRDefault="00E219F1" w14:paraId="7737927F" w14:textId="77777777">
+        <w:p w:rsidR="00000000" w:rsidP="00E219F1" w:rsidRDefault="00000000" w14:paraId="7737927F" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Region Halland</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00E219F1" w:rsidP="00E219F1" w:rsidRDefault="00E219F1" w14:paraId="29FC14AA" w14:textId="77777777">
+        <w:p w:rsidR="00000000" w:rsidP="00E219F1" w:rsidRDefault="00000000" w14:paraId="29FC14AA" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22BEC089" wp14:editId="0AED195F">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="43" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1516,120 +1600,134 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00A479E9" w:rsidP="00E219F1" w:rsidRDefault="00A479E9" w14:paraId="1601A7BD" w14:textId="77777777">
+  <w:p w:rsidR="00000000" w:rsidP="00E219F1" w:rsidRDefault="00000000" w14:paraId="1601A7BD" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="1E211FE8" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="19A9EEB7" w14:textId="77777777">
+        <w:p w:rsidR="00000000" w:rsidP="000D6F1B" w:rsidRDefault="00000000" w14:paraId="19A9EEB7" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Region Halland</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="0090517B">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2737AE29" w14:textId="77777777">
+        <w:p w:rsidR="00000000" w:rsidP="000D6F1B" w:rsidRDefault="00000000" w14:paraId="2737AE29" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77D1C5EB" wp14:editId="45A2C2E1">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="2" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1638,61 +1736,61 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="2FC22883" w14:textId="77777777">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00000000" w14:paraId="2FC22883" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17A726FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="802EEDDE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1761,51 +1859,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27DF5A51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC66DEB2"/>
     <w:lvl w:ilvl="0" w:tplc="C1C2C9A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -1873,93 +1971,93 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43D86CC4"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1CC88198"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46A32B89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7821CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="501B6965"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE26EAC4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2028,51 +2126,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50C96CC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E314182A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2141,51 +2239,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FFC1795"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFA4AA04"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2254,51 +2352,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62CA296C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86C47040"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2367,74 +2465,74 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C7873CE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7821CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C82178D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DBA0EAA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2503,74 +2601,74 @@
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="747C0790"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7821CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C1632FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C5E019C"/>
     <w:lvl w:ilvl="0" w:tplc="C08C3B94">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2640,1332 +2738,960 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EF73064"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7821CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="633995846">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="301888240">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1848669923">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="561870573">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="904532696">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="6298408">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="816725507">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1203517204">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1685932276">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="854811549">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="302852875">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2063164550">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1530992768">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A2FF6"/>
     <w:rsid w:val="00087B68"/>
     <w:rsid w:val="000B0C89"/>
     <w:rsid w:val="000C740E"/>
+    <w:rsid w:val="000E2BA7"/>
     <w:rsid w:val="0018206E"/>
     <w:rsid w:val="00225E0B"/>
     <w:rsid w:val="002416E9"/>
     <w:rsid w:val="00246F62"/>
     <w:rsid w:val="00251622"/>
     <w:rsid w:val="00271080"/>
     <w:rsid w:val="002B2B9F"/>
     <w:rsid w:val="002D0241"/>
     <w:rsid w:val="002E0A96"/>
     <w:rsid w:val="00332D94"/>
     <w:rsid w:val="003A2FF6"/>
     <w:rsid w:val="003C5B41"/>
     <w:rsid w:val="003E537C"/>
     <w:rsid w:val="00406C20"/>
     <w:rsid w:val="004A4717"/>
     <w:rsid w:val="00502956"/>
     <w:rsid w:val="005140DE"/>
     <w:rsid w:val="005A5094"/>
     <w:rsid w:val="00614116"/>
     <w:rsid w:val="00633C84"/>
     <w:rsid w:val="00647E41"/>
     <w:rsid w:val="006534D8"/>
     <w:rsid w:val="00696200"/>
     <w:rsid w:val="00713D71"/>
     <w:rsid w:val="0074069B"/>
     <w:rsid w:val="0075659A"/>
     <w:rsid w:val="007A2D9A"/>
     <w:rsid w:val="008C2342"/>
     <w:rsid w:val="00940ED2"/>
     <w:rsid w:val="00976C47"/>
     <w:rsid w:val="009806F9"/>
     <w:rsid w:val="009920B1"/>
     <w:rsid w:val="009D5FFA"/>
     <w:rsid w:val="009F76CD"/>
     <w:rsid w:val="00A047E5"/>
     <w:rsid w:val="00A33719"/>
     <w:rsid w:val="00AB0079"/>
     <w:rsid w:val="00AB14D2"/>
     <w:rsid w:val="00B2523E"/>
     <w:rsid w:val="00BD31C6"/>
+    <w:rsid w:val="00C01A23"/>
     <w:rsid w:val="00C1580D"/>
     <w:rsid w:val="00C43323"/>
     <w:rsid w:val="00CB3BB1"/>
+    <w:rsid w:val="00D42BBC"/>
     <w:rsid w:val="00D466E6"/>
     <w:rsid w:val="00D67040"/>
     <w:rsid w:val="00DD12E6"/>
     <w:rsid w:val="00E03E34"/>
     <w:rsid w:val="00E92A86"/>
     <w:rsid w:val="00F01D75"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="27C666A0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000C740E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Liststycke"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="000C740E"/>
+    <w:rsid w:val="00A479E9"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
-      <w:sz w:val="28"/>
+      <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00225E0B"/>
+    <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidhuvudChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="SidfotChar1"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000C740E"/>
+    <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
+      <w:ind w:left="1434" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
-    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00633C84"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BallongtextChar1"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
-    <w:link w:val="Ballongtext"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="39"/>
     <w:rsid w:val="00647E41"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="RubrikChar1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A5094"/>
+    <w:rsid w:val="00E71832"/>
     <w:rPr>
-      <w:sz w:val="36"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
-    <w:link w:val="Rubrik"/>
     <w:rsid w:val="005A5094"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00332D94"/>
+    <w:rsid w:val="00E71832"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480"/>
-      <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
       <w:bCs/>
       <w:color w:val="365F91"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00332D94"/>
     <w:pPr>
       <w:ind w:left="260"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00332D94"/>
-[...245 lines deleted...]
-    <w:uiPriority w:val="39"/>
     <w:rsid w:val="008160E0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="4171"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar1">
+    <w:name w:val="Sidfot Char1"/>
+    <w:link w:val="Sidfot"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00633C84"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar1">
+    <w:name w:val="Ballongtext Char1"/>
+    <w:link w:val="Ballongtext"/>
+    <w:rsid w:val="009F76CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar1">
+    <w:name w:val="Rubrik Char1"/>
+    <w:link w:val="Rubrik"/>
+    <w:rsid w:val="00E71832"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00A479E9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E219F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...212 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00D42BBC"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...33 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00D42BBC"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-[...59 lines deleted...]
-      <w:color w:val="0000FF"/>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...75 lines deleted...]
-    <w:rsid w:val="00332D94"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="859664780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1485929772">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4067,57 +3793,60 @@
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intra.regionhalland.se/styrda-dokument/_layouts/RHI_CDViewer.aspx?id=/styrda-dokument/PublishingRepository/c4288b86-ee47-4c02-90ff-aa1ece43b501/Loggning%20och%20loggkontroller%20i%20patientjournalsystem.docx&amp;source=https://intra.regionhalland.se/styrda-dokument/PublishingRepository/c4288b86-ee47-4c02-90ff-aa1ece43b501/Loggning%20och%20loggkontroller%20i%20patientjournalsystem.docx&amp;DefaultItemOpen=1" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rdec7cef39ba64f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R584c51e296a9461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Ra3bea5a31065403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R33a76b105ae445f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="Rc42df8b0c0fe41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="Rfcbda24df32e4b16" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://9e4c3d2d3b91447a9a467d1f3e27e712-rh.omniacloud.eu/api/centrallink/get/RH-9847" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.gif" Id="rId1" /></Relationships>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4381,59 +4110,74 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<customXsn xmlns="http://schemas.microsoft.com/office/2006/metadata/customXsn">
+  <xsnLocation/>
+  <cached>True</cached>
+  <openByDefault>True</openByDefault>
+  <xsnScope/>
+</customXsn>
 </file>
 
-<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Styrt dokument" ma:contentTypeID="0x010100FC1F9CDB39E1844A95B8BCB62021EBA1005FDA8F8E88469843B924F1C431D4C07B" ma:contentTypeVersion="28" ma:contentTypeDescription="Skapa ett nytt styrd dokument." ma:contentTypeScope="" ma:versionID="e873d764aad70a6a5750adddee6fc845">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d7020d13-187d-4fc8-9816-bd01783b86ee" xmlns:ns3="a20921a3-d337-4f28-a5a8-d9fac85c55a0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="15b9b3460822b93ca27c291f965c9bfa" ns2:_="" ns3:_="">
     <xsd:import namespace="d7020d13-187d-4fc8-9816-bd01783b86ee"/>
     <xsd:import namespace="a20921a3-d337-4f28-a5a8-d9fac85c55a0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:FSCD_DocumentIssuer"/>
                 <xsd:element ref="ns2:RHI_CoAuthorsMulti" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_DocumentOwner"/>
                 <xsd:element ref="ns2:FSCD_DocumentId" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_ReviewReminder" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_ApprovedBy" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_DocumentEdition" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_DocumentInfo" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_Source" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_PublishingInfo" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_IsPublished" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_ReviewersMulti" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_ApprovedDate" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_ApproverDisplay" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_AppliesToOrganizationString" minOccurs="0"/>
@@ -4815,60 +4559,51 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
       <Value>36</Value>
       <Value>62</Value>
       <Value>44</Value>
       <Value>1</Value>
       <Value>3</Value>
       <Value>2</Value>
       <Value>35</Value>
       <Value>34</Value>
     </TaxCatchAll>
     <FSCD_DocumentOwner xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
       <UserInfo>
         <DisplayName>Kange Ingela RK</DisplayName>
         <AccountId>32</AccountId>
         <AccountType/>
       </UserInfo>
     </FSCD_DocumentOwner>
     <i4d846bafbc94e6c892c2f207f8e6714 xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Informationssäkerhet</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">504927aa-f8a3-4b57-8428-0aff2c079f5d</TermId>
         </TermInfo>
@@ -4940,604 +4675,133 @@
     </RHI_CoAuthorsMulti>
     <PublishingExpirationDate xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0" xsi:nil="true"/>
     <FSCD_DocumentId_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">498b34ef-a0d6-47a2-badf-7d65f12e1f5d</FSCD_DocumentId_Temp>
     <FSCD_DocumentIssuer xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
       <UserInfo>
         <DisplayName>Pedersen Henrik RK STAB</DisplayName>
         <AccountId>42</AccountId>
         <AccountType/>
       </UserInfo>
     </FSCD_DocumentIssuer>
     <c462f665bad2437cb8ba36ab4de68df8 xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Region Halland</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d72d8b1f-b373-4815-ab51-a5608c837237</TermId>
         </TermInfo>
       </Terms>
     </c462f665bad2437cb8ba36ab4de68df8>
     <l3725d2185604df78b4bef80ff63202f xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </l3725d2185604df78b4bef80ff63202f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...495 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FA467AC-7ED9-4754-857D-E9A3480CDD4B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABE1D742-94D3-4AAF-9448-75A46A2854C9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/customXsn"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D29606C-EA37-431C-8CCC-32A60AF1AA83}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D29606C-EA37-431C-8CCC-32A60AF1AA83}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91F63746-59F5-4515-9B64-A9C0AACE9122}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB7BBE26-1EC0-4FE3-8097-2B28C6ABB0F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B709AD84-A488-48E8-AFE1-8FDC5F50336B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FA467AC-7ED9-4754-857D-E9A3480CDD4B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d7020d13-187d-4fc8-9816-bd01783b86ee"/>
+    <ds:schemaRef ds:uri="a20921a3-d337-4f28-a5a8-d9fac85c55a0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F117C85B-89A2-4CCE-BCB9-12F0E43AAEAE}"/>
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABE1D742-94D3-4AAF-9448-75A46A2854C9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91F63746-59F5-4515-9B64-A9C0AACE9122}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d7020d13-187d-4fc8-9816-bd01783b86ee"/>
+    <ds:schemaRef ds:uri="a20921a3-d337-4f28-a5a8-d9fac85c55a0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1673</Characters>
+  <Pages>2</Pages>
+  <Words>234</Words>
+  <Characters>1245</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1802</CharactersWithSpaces>
+  <CharactersWithSpaces>1477</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Loggkontroller - Delegation</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FC1F9CDB39E1844A95B8BCB62021EBA1005FDA8F8E88469843B924F1C431D4C07B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="FSCD_DocumentType">
     <vt:lpwstr>1;#Blankett|bffdd78a-4a43-43f6-bebc-861377f1dca0</vt:lpwstr>
   </property>
@@ -5546,72 +4810,72 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="RHI_MeSHMulti">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="RHI_AppliesToOrganizationMulti">
     <vt:lpwstr>2;#Region Halland|d72d8b1f-b373-4815-ab51-a5608c837237</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="RHI_KeywordsMulti">
     <vt:lpwstr>36;#Informationssäkerhet|504927aa-f8a3-4b57-8428-0aff2c079f5d;#35;#IT-behörighet och loggning|cfcd60e0-0fca-4634-b17b-bdebaa739faf;#62;#Journal|e82f75e4-2614-473a-b83d-f4a4b82fc1f1;#3;#IT Vårdsystem|3c644aad-2e66-4432-97d8-36000a0b78c2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="RHI_ApprovedRole">
     <vt:lpwstr>44;#Administrativ direktör|ae5b1aa9-5e05-47b6-94b3-9780d6ab73c1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>498b34ef-a0d6-47a2-badf-7d65f12e1f5d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="FSCD_DocumentOwner">
     <vt:lpwstr>32;#Kange Ingela RK</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="i4d846bafbc94e6c892c2f207f8e6714">
     <vt:lpwstr>Informationssäkerhet|504927aa-f8a3-4b57-8428-0aff2c079f5d;IT-behörighet och loggning|cfcd60e0-0fca-4634-b17b-bdebaa739faf;Journal|e82f75e4-2614-473a-b83d-f4a4b82fc1f1;Vårdsystem|3c644aad-2e66-4432-97d8-36000a0b78c2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="RHI_ApprovedDate_Temp">
     <vt:filetime>2015-08-12T22:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="FSCD_DocumentEdition_Temp">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="FSCD_DocumentEdition_Temp">
     <vt:lpwstr>4</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="RHI_ReviewersMulti">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="RHI_ReviewersMulti">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="RHI_ApproverDisplay_Temp">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="RHI_ApproverDisplay_Temp">
     <vt:lpwstr>Administrativ direktör</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="FSCD_ApprovedBy">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="FSCD_ApprovedBy">
     <vt:lpwstr>42</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="k0e587a7c4ca45fb88ec6eb8cbb582c0">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="k0e587a7c4ca45fb88ec6eb8cbb582c0">
     <vt:lpwstr>309. Informationssäkerhet|72a66159-ea04-4130-9e90-bbc83910d7c7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="FSCD_DocumentTypeTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="FSCD_DocumentTypeTags">
     <vt:lpwstr>Blankett|bffdd78a-4a43-43f6-bebc-861377f1dca0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="e32bc2c600954b21b8771b7c871600ad">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="e32bc2c600954b21b8771b7c871600ad">
     <vt:lpwstr>Administrativ direktör|ae5b1aa9-5e05-47b6-94b3-9780d6ab73c1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="RHI_ApprovedRole_Temp">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="RHI_ApprovedRole_Temp">
     <vt:lpwstr>Administrativ direktör</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="FSCD_IsPublished">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="FSCD_IsPublished">
     <vt:lpwstr>4.0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="RHI_CoAuthorsMulti">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="RHI_CoAuthorsMulti">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="FSCD_DocumentId_Temp">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="FSCD_DocumentId_Temp">
     <vt:lpwstr>498b34ef-a0d6-47a2-badf-7d65f12e1f5d</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="FSCD_DocumentIssuer">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="FSCD_DocumentIssuer">
     <vt:lpwstr>42;#Pedersen Henrik RK STAB</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="c462f665bad2437cb8ba36ab4de68df8">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="c462f665bad2437cb8ba36ab4de68df8">
     <vt:lpwstr>Region Halland|d72d8b1f-b373-4815-ab51-a5608c837237</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="URL">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="URL">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="l3725d2185604df78b4bef80ff63202f">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="l3725d2185604df78b4bef80ff63202f">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>