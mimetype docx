--- v0 (2025-10-07)
+++ v1 (2026-02-23)
@@ -1,54 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidRPr="00914A2C" w:rsidR="009D5FFA" w:rsidP="000C740E" w:rsidRDefault="006B70DC" w14:paraId="5B2BA486" w14:textId="58E8A491">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Loggning och loggkontroller - bilaga</w:t>
       </w:r>
       <w:r w:rsidR="001B5BE1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="40"/>
         </w:rPr>
@@ -1707,55 +1712,55 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00CC4975" w:rsidR="00884F04" w:rsidP="00324F30" w:rsidRDefault="00884F04" w14:paraId="0D66E57D" w14:textId="1A413E35">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00CC4975" w:rsidR="00884F04" w:rsidSect="00324F30">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="680" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
       <w:headerReference w:type="even" r:id="Rfaef0d80441449ac"/>
-      <w:headerReference w:type="default" r:id="R94c193f8d4834dd5"/>
-      <w:headerReference w:type="first" r:id="Ra5274b68cdbd4f1a"/>
       <w:footerReference w:type="even" r:id="Rb4639c32bb5c4471"/>
-      <w:footerReference w:type="default" r:id="Ra38e377b4e9a4f52"/>
-      <w:footerReference w:type="first" r:id="R2e80e8ee6abf41c7"/>
+      <w:headerReference w:type="default" r:id="R1fce40e9da744f55"/>
+      <w:headerReference w:type="first" r:id="Rf5a617087df544c7"/>
+      <w:footerReference w:type="default" r:id="R3883262206c9461f"/>
+      <w:footerReference w:type="first" r:id="Rbfa21e9834604053"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00914A2C" w:rsidP="00332D94" w:rsidRDefault="00914A2C" w14:paraId="66365C6D" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00914A2C" w:rsidP="00332D94" w:rsidRDefault="00914A2C" w14:paraId="5173FC0A" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1959,51 +1964,51 @@
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="049BA934" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00730DA5" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="587C5A37" w14:textId="03C78902">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: Regional Säkerhetsansvarig, Godkänt: 2022-07-15</w:t>
+            <w:t xml:space="preserve">Fastställd av: Regional Säkerhetsansvarig, Godkänt: 2026-01-07</w:t>
           </w:r>
           <w:r w:rsidR="00E26026">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="37904626" w:rsidR="00E26026">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="00306A86" w:rsidR="00E26026">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidR="00E26026">
             <w:rPr>
               <w:sz w:val="20"/>
@@ -2030,51 +2035,51 @@
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="450F38E4" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="37904626" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="62B6D4D4" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Huvudförfattare: Jaxvall Lindblom Mari RK</w:t>
+            <w:t xml:space="preserve">Huvudförfattare: Jaxwall Lindblom Mari RK</w:t>
           </w:r>
           <w:r w:rsidRPr="001E66B2">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="1B0FB7E9" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
@@ -2211,51 +2216,51 @@
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="4CE66246" w14:textId="1B30AB59">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: Regional Säkerhetsansvarig, Godkänt: 2022-07-15</w:t>
+            <w:t xml:space="preserve">Fastställd av: Regional Säkerhetsansvarig, Godkänt: 2026-01-07</w:t>
           </w:r>
           <w:r w:rsidR="00060751">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidRPr="00306A86">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
           <w:r w:rsidR="00D477A7">
             <w:rPr>
               <w:sz w:val="20"/>
@@ -2289,79 +2294,864 @@
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="0A90BD92" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="37904626" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="41CB39C8" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Huvudförfattare: Jaxvall Lindblom Mari RK</w:t>
+            <w:t xml:space="preserve">Huvudförfattare: Jaxwall Lindblom Mari RK</w:t>
           </w:r>
           <w:r w:rsidRPr="001E66B2">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2C7473F1" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2E4ECF54" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="3B64E7AD" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="0086669C" w:rsidTr="7BC21EBE" w14:paraId="169B2237" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="032240EE" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Instruktion: Loggning och loggkontroll i patientjournalsystem - bilaga</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+        <w:p w:rsidRPr="00A26938" w:rsidR="0065478F" w:rsidP="0086669C" w:rsidRDefault="0065478F" w14:paraId="3D266039" w14:textId="36B5D452">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="normaltextrun"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            </w:rPr>
+            <w:t>RH-9850</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="normaltextrun"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="normaltextrun"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="04464393" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="0086669C" w:rsidTr="7BC21EBE" w14:paraId="049BA934" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="587C5A37" w14:textId="602BE3AA">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Fastställd av: Regional Säkerhetsansvarig, Fastställt: 2026-01-07</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"/>
+          </w:r>
+          <w:r w:rsidR="001A33D0">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="37904626" w:rsidR="00E26026">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00306A86" w:rsidR="00E26026">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidR="00E26026">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626" w:rsidR="00E26026">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="359DDFB3" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="0086669C" w:rsidTr="7BC21EBE" w14:paraId="450F38E4" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="62B6D4D4" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Jaxwall Lindblom Mari RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="1B0FB7E9" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="7BC21EBE" w:rsidTr="7BC21EBE" w14:paraId="698AFE72" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="7BC21EBE" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="04367F70" w14:textId="6F55011B">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Medförfattare: </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="7BC21EBE" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="1B80CE29" w14:textId="27B71B37">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="0086669C" w:rsidRDefault="0086669C" w14:paraId="3D4C8F68" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7083"/>
+      <w:gridCol w:w="1933"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="283D25F8" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00A26938" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="20748AEE" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Instruktion: Loggning och loggkontroll i patientjournalsystem - bilaga</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00730DA5">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="320295E4" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sida </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> av </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CE3B56">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="4CE66246" w14:textId="1B30AB59">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Fastställd av: Regional Säkerhetsansvarig, Godkänt: 2026-01-07</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"/>
+          </w:r>
+          <w:r w:rsidR="00060751">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00306A86">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidR="00D477A7">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:r w:rsidR="00400514">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="37904626">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="3D5506B3" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="0A90BD92" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="37904626" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="41CB39C8" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Huvudförfattare: Jaxwall Lindblom Mari RK</w:t>
+          </w:r>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="001E66B2">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2C7473F1" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00534AEA" w:rsidTr="00595120" w14:paraId="6CBDE51C" w14:textId="77777777">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7083" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="00534AEA" w:rsidP="000D6F1B" w:rsidRDefault="00534AEA" w14:paraId="3947287A" w14:textId="4C0B4CBF">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Medförfattare: </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1933" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="00534AEA" w:rsidP="000D6F1B" w:rsidRDefault="00534AEA" w14:paraId="79E8A2E3" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2E4ECF54" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00914A2C" w:rsidP="00332D94" w:rsidRDefault="00914A2C" w14:paraId="5A5C5845" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00914A2C" w:rsidP="00332D94" w:rsidRDefault="00914A2C" w14:paraId="2D37A6CE" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2591,50 +3381,379 @@
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="2FC22883" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="7BC21EBE" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="79DD3ED2" w14:textId="1A6D087A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="7BC21EBE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">OBS! Utskriven version kan vara inaktuell. </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="7BC21EBE" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="657E0D00" w14:textId="0928424F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="7BC21EBE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Senaste versionen hittar du via intranätet under "styrande dokument" eller vårdgivarwebben.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="72753E35" w14:textId="2FAD54AB"/>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="9016" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4508"/>
+      <w:gridCol w:w="4508"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="001A33D0" w:rsidTr="7BC21EBE" w14:paraId="072919FD" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="841"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="001A33D0" w:rsidP="001A33D0" w:rsidRDefault="001A33D0" w14:paraId="2C47A234" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D6992EF" wp14:editId="763690B2">
+                <wp:extent cx="1762125" cy="438150"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:docPr id="4" name="Picture 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1" name=""/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1"/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1762125" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="001A33D0" w:rsidP="7BC21EBE" w:rsidRDefault="7BC21EBE" w14:paraId="532680D4" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:before="240"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Gäller för: Region Halland</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidRPr="001A33D0" w:rsidR="00A479E9" w:rsidP="001A33D0" w:rsidRDefault="00A479E9" w14:paraId="1601A7BD" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00534AEA" w:rsidP="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="2A1F5E81" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="7BC21EBE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">OBS! Utskriven version kan vara inaktuell. </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00534AEA" w:rsidP="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="107950E2" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="7BC21EBE">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Senaste versionen hittar du via intranätet under "styrande dokument" eller vårdgivarwebben.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="182A4ED7" w14:textId="77777777"/>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="9016" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4508"/>
+      <w:gridCol w:w="4508"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00534AEA" w:rsidTr="00534AEA" w14:paraId="1E211FE8" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="841"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="00534AEA" w:rsidP="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="19A9EEB7" w14:textId="35AEF7D8">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1466D9FC" wp14:editId="48C55B15">
+                <wp:extent cx="1762125" cy="438150"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:docPr id="359604749" name="Picture 359604749"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1" name=""/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1"/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1762125" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4508" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="00534AEA" w:rsidP="00534AEA" w:rsidRDefault="00534AEA" w14:paraId="1CAE6638" w14:textId="3455F47F">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Gäller för: Region Halland</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="7BC21EBE">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="2FC22883" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17A726FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="802EEDDE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
@@ -4528,50 +5647,72 @@
   <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00A479E9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E219F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0065478F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0065478F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0065478F"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="808788314">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="859664780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -4717,57 +5858,63 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1670016567">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9656/Misstanke%20om%20-Dataintr&#229;ng%20-Brott%20mot%20tystnadsplikt%20-Sabotage%20mot%20it-system.docx?web=1" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="Rfaef0d80441449ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="R94c193f8d4834dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="Ra5274b68cdbd4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="Rb4639c32bb5c4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="Ra38e377b4e9a4f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="R2e80e8ee6abf41c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vardgivare.regionhalland.se/app/plugins/region-halland-api-styrda-dokument/download/get_dokument.php?documentGUID=RH-9847" TargetMode="External" Id="R6cdc40643b0e4c21" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rh.sharepoint.com/sites/Informationssakerhet_och_sakerhet/ODMPublished/RH-9656/Misstanke%20om%20-Dataintr&#229;ng%20-Brott%20mot%20tystnadsplikt%20-Sabotage%20mot%20it-system.docx?web=1" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="Rfaef0d80441449ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="R94c193f8d4834dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="Ra5274b68cdbd4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="Rb4639c32bb5c4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="Ra38e377b4e9a4f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="R2e80e8ee6abf41c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vardgivare.regionhalland.se/app/plugins/region-halland-api-styrda-dokument/download/get_dokument.php?documentGUID=RH-9847" TargetMode="External" Id="R6cdc40643b0e4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header7.xml" Id="R1fce40e9da744f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header8.xml" Id="Rf5a617087df544c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer7.xml" Id="R3883262206c9461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer8.xml" Id="Rbfa21e9834604053" /></Relationships>
 </file>
 
 <file path=word/_rels/header5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.gif" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/_rels/header6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.gif" Id="rId1" /></Relationships>
+</file>
+
+<file path=word/_rels/header7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="rId1" /></Relationships>
+</file>
+
+<file path=word/_rels/header8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>