--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,71 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidR="00170D6C" w:rsidP="00170D6C" w:rsidRDefault="00170D6C" w14:paraId="737B1713" w14:textId="5185168A">
       <w:pPr>
         <w:pStyle w:val="Rubrik"/>
       </w:pPr>
       <w:r>
         <w:t>SITHS – Beställning av SITHS-kort/certifikat</w:t>
       </w:r>
       <w:r w:rsidR="008A1C77">
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008C788F" w:rsidR="00170D6C" w:rsidP="00170D6C" w:rsidRDefault="00170D6C" w14:paraId="543121F9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="008C788F" w:rsidR="008C788F" w:rsidP="00170D6C" w:rsidRDefault="008C788F" w14:paraId="06DA4676" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
@@ -814,61 +806,59 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ort: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="04754439" w14:textId="5E5D7B10">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B40F8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Korttyp/Certifikat:</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="000D7393">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t/>
             </w:r>
             <w:r w:rsidRPr="003B40F8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
@@ -1235,98 +1225,105 @@
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Listruta1" w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidP="003B40F8" w:rsidRDefault="00AB29ED" w14:paraId="6CC22B5E" w14:textId="7455B530">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B40F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B40F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003B40F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003B40F8" w:rsidR="000D7393">
+            <w:r w:rsidRPr="003B40F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="003B40F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003B40F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003B40F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
@@ -1699,57 +1696,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidP="00294FC8" w:rsidRDefault="00AB29ED" w14:paraId="5FA68D85" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -2156,57 +2153,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="1ACC9429" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -2645,57 +2642,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="1E898C3C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -3134,57 +3131,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="23416F25" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -3623,57 +3620,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="161256B6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -4112,57 +4109,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="5BB5F30D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -4601,57 +4598,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="09772527" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -5090,57 +5087,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="77AD42F0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -5579,57 +5576,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="2D4EB64E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -6068,57 +6065,57 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Listruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Välj"/>
                     <w:listEntry w:val="Liggande kort MED foto"/>
                     <w:listEntry w:val="Liggande kort UTAN foto"/>
                     <w:listEntry w:val="Certifikat till befintligt kort"/>
                     <w:listEntry w:val="SIS-kort"/>
                     <w:listEntry w:val="Studentkort"/>
                     <w:listEntry w:val="Konsultkort"/>
                     <w:listEntry w:val="Reservkort"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D7393">
-[...5 lines deleted...]
-            <w:r w:rsidR="000D7393">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="003B40F8" w:rsidR="00AB29ED" w:rsidRDefault="00AB29ED" w14:paraId="1DE861D5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
@@ -6662,259 +6659,230 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD3BA7" w:rsidR="00170D6C" w:rsidP="008C788F" w:rsidRDefault="00170D6C" w14:paraId="24664732" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD3BA7">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Uppdaterat från föregående version</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00170D6C" w:rsidP="00FD3BA7" w:rsidRDefault="000F4F62" w14:paraId="0287F996" w14:textId="71EACDCA">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Ändrat gäller för. </w:t>
+          <w:p w:rsidR="00170D6C" w:rsidP="00FD3BA7" w:rsidRDefault="004E0ED6" w14:paraId="0287F996" w14:textId="2FB8840B">
+            <w:r>
+              <w:t>2025-11-24 granskad utan ändringar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="008C788F" w:rsidR="00FC50C3" w:rsidP="000C740E" w:rsidRDefault="00FC50C3" w14:paraId="5824B6E8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="008C788F" w:rsidR="00FC50C3" w:rsidSect="003B40F8">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1758" w:right="1418" w:bottom="1701" w:left="1418" w:header="567" w:footer="964" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
-      <w:headerReference w:type="even" r:id="R02dfaced3d1841da"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="R5826cdad7c1a4e9d"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="081E30F7" w14:textId="77777777" w:rsidR="00E332A7" w:rsidRDefault="00E332A7" w:rsidP="00332D94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5926AEC2" w14:textId="77777777" w:rsidR="00E332A7" w:rsidRDefault="00E332A7" w:rsidP="00332D94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="006D3AD3" w:rsidRDefault="006D3AD3" w14:paraId="2DA8A1E1" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="004E0ED6" w:rsidRDefault="004E0ED6" w14:paraId="38BCCB84" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="006D3AD3" w:rsidRDefault="006D3AD3" w14:paraId="5861BD45" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="004E0ED6" w:rsidRDefault="004E0ED6" w14:paraId="3B64E7AD" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
-</w:ftr>
-[...28 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7083"/>
       <w:gridCol w:w="1933"/>
     </w:tblGrid>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="169B2237" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="3D266039" w14:textId="77777777">
+        <w:p w:rsidRPr="00A26938" w:rsidR="004E0ED6" w:rsidP="0086669C" w:rsidRDefault="004E0ED6" w14:paraId="3D266039" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00730DA5">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Instruktion: SITHS - Beställning av kort/certifkat - blankett</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="04464393" w14:textId="77777777">
+        <w:p w:rsidR="004E0ED6" w:rsidP="0086669C" w:rsidRDefault="004E0ED6" w14:paraId="04464393" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Sida </w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
@@ -6956,203 +6924,203 @@
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="049BA934" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00730DA5" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="587C5A37" w14:textId="770834EF">
+        <w:p w:rsidRPr="00730DA5" w:rsidR="004E0ED6" w:rsidP="0086669C" w:rsidRDefault="004E0ED6" w14:paraId="587C5A37" w14:textId="770834EF">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: Applikationsägare, Publicerad: 2022-05-06</w:t>
+            <w:t xml:space="preserve">Fastställd av: Avdelningschef, Publicerad: 2022-05-06</w:t>
           </w:r>
-          <w:r w:rsidRPr="37904626" w:rsidR="008F25CD">
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
-          <w:r w:rsidRPr="002C73BB" w:rsidR="008F25CD">
+          <w:r w:rsidRPr="002C73BB">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
-          <w:r w:rsidRPr="37904626" w:rsidR="008F25CD">
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="359DDFB3" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="004E0ED6" w:rsidP="0086669C" w:rsidRDefault="004E0ED6" w14:paraId="359DDFB3" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="0086669C" w:rsidTr="00220BF1" w14:paraId="450F38E4" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="37904626" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="62B6D4D4" w14:textId="77777777">
+        <w:p w:rsidRPr="37904626" w:rsidR="004E0ED6" w:rsidP="0086669C" w:rsidRDefault="004E0ED6" w14:paraId="62B6D4D4" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Huvudförfattare: Öberg Magnus RK</w:t>
           </w:r>
           <w:r w:rsidRPr="001E66B2">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="0086669C" w:rsidP="0086669C" w:rsidRDefault="0086669C" w14:paraId="1B0FB7E9" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="004E0ED6" w:rsidP="0086669C" w:rsidRDefault="004E0ED6" w14:paraId="1B0FB7E9" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="0086669C" w:rsidRDefault="0086669C" w14:paraId="3D4C8F68" w14:textId="77777777">
+  <w:p w:rsidR="004E0ED6" w:rsidRDefault="004E0ED6" w14:paraId="3D4C8F68" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7083"/>
       <w:gridCol w:w="1933"/>
     </w:tblGrid>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="283D25F8" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00A26938" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="20748AEE" w14:textId="77777777">
+        <w:p w:rsidRPr="00A26938" w:rsidR="004E0ED6" w:rsidP="000D6F1B" w:rsidRDefault="004E0ED6" w14:paraId="20748AEE" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00730DA5">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Instruktion: SITHS - Beställning av kort/certifkat - blankett</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="320295E4" w14:textId="77777777">
+        <w:p w:rsidR="004E0ED6" w:rsidP="000D6F1B" w:rsidRDefault="004E0ED6" w14:paraId="320295E4" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Sida </w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
@@ -7194,432 +7162,244 @@
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="01EED0C1" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00730DA5" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="4CE66246" w14:textId="05F0BAC6">
+        <w:p w:rsidRPr="00730DA5" w:rsidR="004E0ED6" w:rsidP="000D6F1B" w:rsidRDefault="004E0ED6" w14:paraId="4CE66246" w14:textId="05F0BAC6">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Fastställd av: Applikationsägare, Publicerad: 2022-05-06</w:t>
+            <w:t xml:space="preserve">Fastställd av: Avdelningschef, Publicerad: 2022-05-06</w:t>
           </w:r>
-          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
-          <w:r w:rsidRPr="002C73BB" w:rsidR="004300A4">
+          <w:r w:rsidRPr="002C73BB">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
-          <w:r w:rsidRPr="37904626" w:rsidR="004300A4">
+          <w:r w:rsidRPr="37904626">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="3D5506B3" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="004E0ED6" w:rsidP="000D6F1B" w:rsidRDefault="004E0ED6" w14:paraId="3D5506B3" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="0A90BD92" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7083" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="37904626" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="41CB39C8" w14:textId="77777777">
+        <w:p w:rsidRPr="37904626" w:rsidR="004E0ED6" w:rsidP="000D6F1B" w:rsidRDefault="004E0ED6" w14:paraId="41CB39C8" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Huvudförfattare: Öberg Magnus RK</w:t>
           </w:r>
           <w:r w:rsidRPr="001E66B2">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1933" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidRPr="00CE3B56" w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2C7473F1" w14:textId="77777777">
+        <w:p w:rsidRPr="00CE3B56" w:rsidR="004E0ED6" w:rsidP="000D6F1B" w:rsidRDefault="004E0ED6" w14:paraId="2C7473F1" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
+            <w:pStyle w:val="Sidfot"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2E4ECF54" w14:textId="77777777">
+  <w:p w:rsidR="004E0ED6" w:rsidRDefault="004E0ED6" w14:paraId="2E4ECF54" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6F886282" w14:textId="77777777" w:rsidR="00E332A7" w:rsidRDefault="00E332A7" w:rsidP="00332D94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="264DA94C" w14:textId="77777777" w:rsidR="00E332A7" w:rsidRDefault="00E332A7" w:rsidP="00332D94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="006D3AD3" w:rsidRDefault="006D3AD3" w14:paraId="01DE8903" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="004E0ED6" w:rsidRDefault="004E0ED6" w14:paraId="5EE4EA23" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...187 lines deleted...]
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E219F1" w:rsidTr="00220BF1" w14:paraId="46B1816B" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00E219F1" w:rsidP="00E219F1" w:rsidRDefault="00E219F1" w14:paraId="7737927F" w14:textId="77777777">
+        <w:p w:rsidR="004E0ED6" w:rsidP="00E219F1" w:rsidRDefault="004E0ED6" w14:paraId="7737927F" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Kommuner; Region Halland</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00E219F1" w:rsidP="00E219F1" w:rsidRDefault="00E219F1" w14:paraId="29FC14AA" w14:textId="77777777">
+        <w:p w:rsidR="004E0ED6" w:rsidP="00E219F1" w:rsidRDefault="004E0ED6" w14:paraId="29FC14AA" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22BEC089" wp14:editId="0AED195F">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="43" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -7628,120 +7408,120 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00A479E9" w:rsidP="00E219F1" w:rsidRDefault="00A479E9" w14:paraId="1601A7BD" w14:textId="77777777">
+  <w:p w:rsidR="004E0ED6" w:rsidP="00E219F1" w:rsidRDefault="004E0ED6" w14:paraId="1601A7BD" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
+      <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9016" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4508"/>
       <w:gridCol w:w="4508"/>
     </w:tblGrid>
     <w:tr w:rsidR="000D6F1B" w:rsidTr="00595120" w14:paraId="1E211FE8" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="19A9EEB7" w14:textId="77777777">
+        <w:p w:rsidR="004E0ED6" w:rsidP="000D6F1B" w:rsidRDefault="004E0ED6" w14:paraId="19A9EEB7" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00CE3B56">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Gäller för:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0090517B">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Kommuner; Region Halland</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4508" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="000D6F1B" w:rsidP="000D6F1B" w:rsidRDefault="000D6F1B" w14:paraId="2737AE29" w14:textId="77777777">
+        <w:p w:rsidR="004E0ED6" w:rsidP="000D6F1B" w:rsidRDefault="004E0ED6" w14:paraId="2737AE29" w14:textId="77777777">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Sidhuvud"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77D1C5EB" wp14:editId="45A2C2E1">
                 <wp:extent cx="1571625" cy="438150"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="2" name="Bildobjekt 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo.gif"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -7750,60 +7530,60 @@
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="008B0B3E" w:rsidRDefault="008B0B3E" w14:paraId="2FC22883" w14:textId="77777777">
+  <w:p w:rsidR="004E0ED6" w:rsidRDefault="004E0ED6" w14:paraId="2FC22883" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17A726FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="802EEDDE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8550,414 +8330,422 @@
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EF73064"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7821CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="675110324">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1858348814">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1486816805">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="154221997">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="290400534">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="566763734">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1912999500">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="590895701">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="145711792">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1776436504">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1334798701">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A2FF6"/>
     <w:rsid w:val="000443AD"/>
     <w:rsid w:val="00053A8C"/>
     <w:rsid w:val="00087B68"/>
     <w:rsid w:val="000B0C89"/>
     <w:rsid w:val="000C740E"/>
     <w:rsid w:val="000D7393"/>
     <w:rsid w:val="000F4F62"/>
     <w:rsid w:val="000F6828"/>
     <w:rsid w:val="00170D6C"/>
     <w:rsid w:val="00172424"/>
     <w:rsid w:val="0018206E"/>
     <w:rsid w:val="001A1AB1"/>
     <w:rsid w:val="002024A8"/>
     <w:rsid w:val="00220C19"/>
     <w:rsid w:val="00225E0B"/>
     <w:rsid w:val="00246F62"/>
     <w:rsid w:val="002513CD"/>
     <w:rsid w:val="002567F9"/>
     <w:rsid w:val="00271080"/>
     <w:rsid w:val="00294FC8"/>
     <w:rsid w:val="002D0241"/>
     <w:rsid w:val="002E0A96"/>
     <w:rsid w:val="002E653A"/>
     <w:rsid w:val="00332D94"/>
     <w:rsid w:val="003331EA"/>
     <w:rsid w:val="003A2FF6"/>
     <w:rsid w:val="003B40F8"/>
     <w:rsid w:val="003B4DA2"/>
     <w:rsid w:val="003C3BA6"/>
     <w:rsid w:val="003C5B41"/>
+    <w:rsid w:val="003E3928"/>
     <w:rsid w:val="003E537C"/>
     <w:rsid w:val="00406C20"/>
     <w:rsid w:val="004A4717"/>
+    <w:rsid w:val="004E0ED6"/>
     <w:rsid w:val="00502956"/>
     <w:rsid w:val="005140DE"/>
     <w:rsid w:val="00560C49"/>
     <w:rsid w:val="005A5094"/>
     <w:rsid w:val="00614116"/>
     <w:rsid w:val="00633C84"/>
     <w:rsid w:val="00647E41"/>
     <w:rsid w:val="006534D8"/>
     <w:rsid w:val="00677C69"/>
     <w:rsid w:val="00696200"/>
     <w:rsid w:val="006D3AD3"/>
     <w:rsid w:val="00713D71"/>
     <w:rsid w:val="0074069B"/>
     <w:rsid w:val="00746913"/>
     <w:rsid w:val="0075659A"/>
     <w:rsid w:val="008A1C77"/>
     <w:rsid w:val="008C2342"/>
     <w:rsid w:val="008C788F"/>
     <w:rsid w:val="009004BF"/>
     <w:rsid w:val="00923874"/>
     <w:rsid w:val="00940ED2"/>
     <w:rsid w:val="00976C47"/>
     <w:rsid w:val="009806F9"/>
     <w:rsid w:val="009920B1"/>
     <w:rsid w:val="009D5FFA"/>
     <w:rsid w:val="009F76CD"/>
     <w:rsid w:val="00A33719"/>
     <w:rsid w:val="00AB0079"/>
     <w:rsid w:val="00AB14D2"/>
     <w:rsid w:val="00AB29ED"/>
     <w:rsid w:val="00B0617F"/>
     <w:rsid w:val="00B2053F"/>
     <w:rsid w:val="00B2523E"/>
     <w:rsid w:val="00BD31C6"/>
     <w:rsid w:val="00C1580D"/>
     <w:rsid w:val="00C43323"/>
     <w:rsid w:val="00C475C2"/>
     <w:rsid w:val="00CB3BB1"/>
     <w:rsid w:val="00D67040"/>
     <w:rsid w:val="00D96B8E"/>
     <w:rsid w:val="00DB7493"/>
     <w:rsid w:val="00DD12E6"/>
     <w:rsid w:val="00E03E34"/>
     <w:rsid w:val="00E321FC"/>
     <w:rsid w:val="00E332A7"/>
     <w:rsid w:val="00F01D75"/>
     <w:rsid w:val="00F11D16"/>
+    <w:rsid w:val="00F17312"/>
     <w:rsid w:val="00FC50C3"/>
     <w:rsid w:val="00FC6435"/>
     <w:rsid w:val="00FC7B37"/>
     <w:rsid w:val="00FD3BA7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="16563A5B"/>
   <w15:docId w15:val="{8E520478-C134-404C-8565-F8ABF1491DDE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -9000,52 +8788,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -9106,607 +8894,390 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D96B8E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Liststycke"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Rubrik1Char1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D96B8E"/>
+    <w:rsid w:val="00A479E9"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00225E0B"/>
+    <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidhuvudChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="SidfotChar1"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000C740E"/>
+    <w:rsid w:val="00BD0566"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
+      <w:ind w:left="1434" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
-    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00633C84"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BallongtextChar1"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
-    <w:link w:val="Ballongtext"/>
     <w:rsid w:val="009F76CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="39"/>
     <w:rsid w:val="00647E41"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00647E41"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="RubrikChar1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D96B8E"/>
+    <w:rsid w:val="00E71832"/>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
-    <w:link w:val="Rubrik"/>
     <w:rsid w:val="00D96B8E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00332D94"/>
+    <w:rsid w:val="00E71832"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480"/>
-      <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
       <w:bCs/>
       <w:color w:val="365F91"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00332D94"/>
     <w:pPr>
       <w:ind w:left="260"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00332D94"/>
-[...258 lines deleted...]
-    <w:uiPriority w:val="39"/>
     <w:rsid w:val="008160E0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="4171"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
-[...3 lines deleted...]
-    <w:rsid w:val="00A479E9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00170D6C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar1">
+    <w:name w:val="Sidfot Char1"/>
+    <w:link w:val="Sidfot"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00633C84"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar1">
+    <w:name w:val="Ballongtext Char1"/>
+    <w:link w:val="Ballongtext"/>
+    <w:rsid w:val="009F76CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar1">
+    <w:name w:val="Rubrik Char1"/>
+    <w:link w:val="Rubrik"/>
+    <w:rsid w:val="00E71832"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char1">
+    <w:name w:val="Rubrik 1 Char1"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="00A479E9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E219F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="459224556">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="859664780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9847,57 +9418,60 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1313683184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R02dfaced3d1841da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Rf58ca88dd0584f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header6.xml" Id="R54ac73d597b149fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer4.xml" Id="R02a279eb7461438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer5.xml" Id="Rac4581c077994d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer6.xml" Id="R5826cdad7c1a4e9d" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.gif" Id="rId1" /></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
-<file path=word/_rels/header6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.gif" Id="rId1" /></Relationships>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10161,73 +9735,180 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <customXsn xmlns="http://schemas.microsoft.com/office/2006/metadata/customXsn">
   <xsnLocation/>
   <cached>True</cached>
   <openByDefault>True</openByDefault>
   <xsnScope/>
 </customXsn>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <documentManagement>
+    <TaxCatchAll xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Value>67</Value>
+      <Value>217</Value>
+      <Value>148</Value>
+      <Value>2</Value>
+      <Value>1</Value>
+      <Value>34</Value>
+    </TaxCatchAll>
+    <FSCD_DocumentOwner xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName>Levin Eva RK</DisplayName>
+        <AccountId>33</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </FSCD_DocumentOwner>
+    <i4d846bafbc94e6c892c2f207f8e6714 xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">SITHS</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d87efe29-afb8-4d97-b195-cb6aff2e3c8e</TermId>
+        </TermInfo>
+      </Terms>
+    </i4d846bafbc94e6c892c2f207f8e6714>
+    <RHI_ApprovedDate_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">2022-05-05T22:00:00+00:00</RHI_ApprovedDate_Temp>
+    <FSCD_DocumentEdition_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">4</FSCD_DocumentEdition_Temp>
+    <PublishingStartDate xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0" xsi:nil="true"/>
+    <RHI_ReviewersMulti xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName>33</DisplayName>
+        <AccountId>33</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </RHI_ReviewersMulti>
+    <RHI_ApproverDisplay_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">Avdelningschef Verksamhetsstöd och applikationer</RHI_ApproverDisplay_Temp>
+    <FSCD_ApprovedBy xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId>199</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </FSCD_ApprovedBy>
+    <RHI_CD_Classification xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">1</RHI_CD_Classification>
+    <k0e587a7c4ca45fb88ec6eb8cbb582c0 xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">309. Informationssäkerhet</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">72a66159-ea04-4130-9e90-bbc83910d7c7</TermId>
+        </TermInfo>
+      </Terms>
+    </k0e587a7c4ca45fb88ec6eb8cbb582c0>
+    <FSCD_DocumentTypeTags xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Blankett</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">bffdd78a-4a43-43f6-bebc-861377f1dca0</TermId>
+        </TermInfo>
+      </Terms>
+    </FSCD_DocumentTypeTags>
+    <e32bc2c600954b21b8771b7c871600ad xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Avdelningschef Verksamhetsstöd och applikationer</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">03a33772-10f2-4f83-bc3f-f8a046874754</TermId>
+        </TermInfo>
+      </Terms>
+    </e32bc2c600954b21b8771b7c871600ad>
+    <RHI_ApprovedRole_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">Avdelningschef Verksamhetsstöd och applikationer</RHI_ApprovedRole_Temp>
+    <FSCD_IsPublished xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">4.0</FSCD_IsPublished>
+    <RHI_CoAuthorsMulti xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName>255</DisplayName>
+        <AccountId>255</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </RHI_CoAuthorsMulti>
+    <PublishingExpirationDate xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0" xsi:nil="true"/>
+    <FSCD_DocumentId_Temp xmlns="a20921a3-d337-4f28-a5a8-d9fac85c55a0">f7077ba4-ad8f-47c0-9894-6303cbfe265e</FSCD_DocumentId_Temp>
+    <FSCD_DocumentIssuer xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <UserInfo>
+        <DisplayName>Öberg Magnus RK</DisplayName>
+        <AccountId>199</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </FSCD_DocumentIssuer>
+    <c462f665bad2437cb8ba36ab4de68df8 xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Region Halland</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d72d8b1f-b373-4815-ab51-a5608c837237</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Kommuner</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">41414da2-beaf-4484-a106-0b5c700e9446</TermId>
+        </TermInfo>
+      </Terms>
+    </c462f665bad2437cb8ba36ab4de68df8>
+    <l3725d2185604df78b4bef80ff63202f xmlns="d7020d13-187d-4fc8-9816-bd01783b86ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </l3725d2185604df78b4bef80ff63202f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Styrt dokument" ma:contentTypeID="0x010100FC1F9CDB39E1844A95B8BCB62021EBA1005FDA8F8E88469843B924F1C431D4C07B" ma:contentTypeVersion="28" ma:contentTypeDescription="Skapa ett nytt styrd dokument." ma:contentTypeScope="" ma:versionID="5a9cae2050bf7ee34bcc5371efdee525">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d7020d13-187d-4fc8-9816-bd01783b86ee" xmlns:ns3="a20921a3-d337-4f28-a5a8-d9fac85c55a0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="811aebc5e964168973a93cb24a02e523" ns2:_="" ns3:_="">
     <xsd:import namespace="d7020d13-187d-4fc8-9816-bd01783b86ee"/>
     <xsd:import namespace="a20921a3-d337-4f28-a5a8-d9fac85c55a0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:FSCD_DocumentIssuer"/>
                 <xsd:element ref="ns2:RHI_CoAuthorsMulti" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_DocumentOwner"/>
                 <xsd:element ref="ns2:FSCD_DocumentId" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_ReviewReminder" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_ApprovedBy" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_DocumentEdition" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_DocumentInfo" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_Source" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_PublishingInfo" minOccurs="0"/>
                 <xsd:element ref="ns2:FSCD_IsPublished" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_ReviewersMulti" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_ApprovedDate" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_ApproverDisplay" minOccurs="0"/>
                 <xsd:element ref="ns2:RHI_AppliesToOrganizationString" minOccurs="0"/>
@@ -10609,317 +10290,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...169 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A12F0699-4A89-4B63-8095-6CE373426044}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24DF3388-1A46-419E-83A9-E443DCBC2E9A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/customXsn"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D26BE3D5-F389-4697-B316-52DE6F89134E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C747211-2FA4-4C7E-9A98-6F170A107482}"/>
-[...29 lines deleted...]
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7586F0DE-D0E0-4EC5-A1FA-F928685DC4A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24DF3388-1A46-419E-83A9-E443DCBC2E9A}"/>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52FB7BAA-DDD6-4E23-A703-7099B172BE27}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="d7020d13-187d-4fc8-9816-bd01783b86ee"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="a20921a3-d337-4f28-a5a8-d9fac85c55a0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C747211-2FA4-4C7E-9A98-6F170A107482}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d7020d13-187d-4fc8-9816-bd01783b86ee"/>
+    <ds:schemaRef ds:uri="a20921a3-d337-4f28-a5a8-d9fac85c55a0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1455</Characters>
+  <Pages>2</Pages>
+  <Words>277</Words>
+  <Characters>1469</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>2</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>SITHS - Beställning av företagskort</vt:lpstr>
+      <vt:lpstr>SITHS - Beställning av kort/certifkat - blankett</vt:lpstr>
       <vt:lpstr>Innehållsmall styrda dokument (blankett)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1726</CharactersWithSpaces>
+  <CharactersWithSpaces>1743</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SITHS - Beställning av kort/certifkat - blankett</dc:title>
   <dc:creator>Pedersen Henrik Region Halland</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FC1F9CDB39E1844A95B8BCB62021EBA1005FDA8F8E88469843B924F1C431D4C07B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="FSCD_DocumentType">
     <vt:lpwstr>1;#Blankett|bffdd78a-4a43-43f6-bebc-861377f1dca0</vt:lpwstr>
@@ -10929,75 +10440,75 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="RHI_MeSHMulti">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="RHI_AppliesToOrganizationMulti">
     <vt:lpwstr>2;#Region Halland|d72d8b1f-b373-4815-ab51-a5608c837237;#217;#Kommuner|41414da2-beaf-4484-a106-0b5c700e9446</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="RHI_KeywordsMulti">
     <vt:lpwstr>148;#SITHS|d87efe29-afb8-4d97-b195-cb6aff2e3c8e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="RHI_ApprovedRole">
     <vt:lpwstr>67;#Avdelningschef Verksamhetsstöd och applikationer|03a33772-10f2-4f83-bc3f-f8a046874754</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>f7077ba4-ad8f-47c0-9894-6303cbfe265e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="FSCD_DocumentOwner">
     <vt:lpwstr>33;#Levin Eva RK</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="i4d846bafbc94e6c892c2f207f8e6714">
     <vt:lpwstr>SITHS|d87efe29-afb8-4d97-b195-cb6aff2e3c8e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="RHI_ApprovedDate_Temp">
     <vt:filetime>2022-02-20T23:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="FSCD_DocumentEdition_Temp">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="FSCD_DocumentEdition_Temp">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="RHI_ReviewersMulti">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="RHI_ReviewersMulti">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="RHI_ApproverDisplay_Temp">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="RHI_ApproverDisplay_Temp">
     <vt:lpwstr>Avdelningschef Verksamhetsstöd och applikationer</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="FSCD_ApprovedBy">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="FSCD_ApprovedBy">
     <vt:lpwstr>33</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="RHI_CD_Classification">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="RHI_CD_Classification">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="k0e587a7c4ca45fb88ec6eb8cbb582c0">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="k0e587a7c4ca45fb88ec6eb8cbb582c0">
     <vt:lpwstr>309. Informationssäkerhet|72a66159-ea04-4130-9e90-bbc83910d7c7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="FSCD_DocumentTypeTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="FSCD_DocumentTypeTags">
     <vt:lpwstr>Blankett|bffdd78a-4a43-43f6-bebc-861377f1dca0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="e32bc2c600954b21b8771b7c871600ad">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="e32bc2c600954b21b8771b7c871600ad">
     <vt:lpwstr>Avdelningschef Verksamhetsstöd och applikationer|03a33772-10f2-4f83-bc3f-f8a046874754</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="RHI_ApprovedRole_Temp">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="RHI_ApprovedRole_Temp">
     <vt:lpwstr>Avdelningschef Verksamhetsstöd och applikationer</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="FSCD_IsPublished">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="FSCD_IsPublished">
     <vt:lpwstr>3.0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="RHI_CoAuthorsMulti">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="RHI_CoAuthorsMulti">
     <vt:lpwstr>255;#255</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="FSCD_DocumentId_Temp">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="FSCD_DocumentId_Temp">
     <vt:lpwstr>f7077ba4-ad8f-47c0-9894-6303cbfe265e</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="FSCD_DocumentIssuer">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="FSCD_DocumentIssuer">
     <vt:lpwstr>199;#Öberg Magnus RK</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="c462f665bad2437cb8ba36ab4de68df8">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="c462f665bad2437cb8ba36ab4de68df8">
     <vt:lpwstr>Region Halland|d72d8b1f-b373-4815-ab51-a5608c837237;Kommuner|41414da2-beaf-4484-a106-0b5c700e9446</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="URL">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="URL">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="l3725d2185604df78b4bef80ff63202f">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="l3725d2185604df78b4bef80ff63202f">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>