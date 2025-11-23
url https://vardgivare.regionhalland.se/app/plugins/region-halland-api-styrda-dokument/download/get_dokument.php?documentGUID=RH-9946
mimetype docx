--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -3386,51 +3386,50 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="865218569">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1756247195">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1045257222">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="573780377">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="408040271">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>